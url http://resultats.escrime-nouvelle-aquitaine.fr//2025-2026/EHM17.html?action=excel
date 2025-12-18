--- v0 (2025-10-30)
+++ v1 (2025-12-18)
@@ -7,73 +7,100 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="EHM17" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="211" uniqueCount="211">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="298" uniqueCount="298">
   <si>
     <t>Epée Hommes M17 (EHM17) 2025-2026</t>
   </si>
   <si>
     <t>ER 1 Epée M15 à Senior</t>
   </si>
   <si>
     <t>EN 1 Epée M17/M20/Senior</t>
   </si>
   <si>
+    <t>EN 2 Epée M17</t>
+  </si>
+  <si>
+    <t>EN 2 Epée M20</t>
+  </si>
+  <si>
+    <t>ER 2 Epée M17 à Senior + H2036 1/8 de finale</t>
+  </si>
+  <si>
     <t>05/10/2025</t>
   </si>
   <si>
     <t>19/10/2025</t>
   </si>
   <si>
+    <t>09/11/2025</t>
+  </si>
+  <si>
+    <t>30/11/2025</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
     <t>Angoulême</t>
   </si>
   <si>
     <t>Rodez</t>
   </si>
   <si>
+    <t>Le Havre</t>
+  </si>
+  <si>
+    <t>Toulouse</t>
+  </si>
+  <si>
+    <t>Mont de Marsan</t>
+  </si>
+  <si>
     <t>M17</t>
   </si>
   <si>
     <t>M20</t>
   </si>
   <si>
     <t>Tireurs</t>
   </si>
   <si>
     <t>Coef.</t>
   </si>
   <si>
     <t>rang</t>
   </si>
   <si>
     <t>nom</t>
   </si>
   <si>
     <t>prénom</t>
   </si>
   <si>
     <t>caté.</t>
   </si>
   <si>
     <t>club</t>
@@ -81,609 +108,843 @@
   <si>
     <t>total</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>1,5</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>2,5</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>1,0</t>
   </si>
   <si>
+    <t>239</t>
+  </si>
+  <si>
+    <t>2,0</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
     <t>1</t>
   </si>
   <si>
     <t>TOTO</t>
   </si>
   <si>
     <t>Hiroaki</t>
   </si>
   <si>
     <t>PAU SECTION</t>
   </si>
   <si>
-    <t>421,15</t>
+    <t>664,39</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>19,69</t>
   </si>
   <si>
     <t>378,41</t>
   </si>
   <si>
     <t>23,06</t>
   </si>
   <si>
+    <t>243,23</t>
+  </si>
+  <si>
     <t>2</t>
   </si>
   <si>
     <t>CHAPOULIE</t>
   </si>
   <si>
     <t>Loan</t>
   </si>
   <si>
     <t>SARLAT CE</t>
   </si>
   <si>
-    <t>351,99</t>
+    <t>574,64</t>
   </si>
   <si>
     <t>15,38</t>
   </si>
   <si>
     <t>303,74</t>
   </si>
   <si>
     <t>32,86</t>
   </si>
   <si>
+    <t>222,66</t>
+  </si>
+  <si>
     <t>3</t>
   </si>
   <si>
+    <t>LAUGENIE</t>
+  </si>
+  <si>
+    <t>Clement</t>
+  </si>
+  <si>
+    <t>M15</t>
+  </si>
+  <si>
+    <t>BOULAZAC</t>
+  </si>
+  <si>
+    <t>288,14</t>
+  </si>
+  <si>
+    <t>17,54</t>
+  </si>
+  <si>
+    <t>181,98</t>
+  </si>
+  <si>
+    <t>65,80</t>
+  </si>
+  <si>
+    <t>22,83</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
     <t>MAAS</t>
   </si>
   <si>
     <t>Enoha</t>
   </si>
   <si>
     <t>OLORON SM</t>
   </si>
   <si>
-    <t>221,32</t>
+    <t>278,88</t>
   </si>
   <si>
     <t>13,70</t>
   </si>
   <si>
     <t>8,56</t>
   </si>
   <si>
     <t>199,06</t>
   </si>
   <si>
-    <t>4</t>
-[...20 lines deleted...]
-    <t>181,98</t>
+    <t>32,99</t>
+  </si>
+  <si>
+    <t>15,45</t>
+  </si>
+  <si>
+    <t>9,12</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
+    <t>BOUISSOU ROLDAN</t>
+  </si>
+  <si>
+    <t>Mathias</t>
+  </si>
+  <si>
+    <t>DAX SE</t>
+  </si>
+  <si>
+    <t>215,37</t>
+  </si>
+  <si>
+    <t>7,78</t>
+  </si>
+  <si>
+    <t>85,90</t>
+  </si>
+  <si>
+    <t>95,17</t>
+  </si>
+  <si>
+    <t>11,66</t>
+  </si>
+  <si>
+    <t>14,86</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>PRIOULT</t>
+  </si>
+  <si>
+    <t>Ronan</t>
+  </si>
+  <si>
+    <t>197,41</t>
+  </si>
+  <si>
+    <t>25,79</t>
+  </si>
+  <si>
+    <t>78,92</t>
+  </si>
+  <si>
+    <t>64,29</t>
+  </si>
+  <si>
+    <t>28,41</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
     <t>DETOC</t>
   </si>
   <si>
     <t>Mateo</t>
   </si>
   <si>
     <t>ANGLET SE</t>
   </si>
   <si>
-    <t>148,78</t>
+    <t>193,83</t>
   </si>
   <si>
     <t>20,58</t>
   </si>
   <si>
-    <t>5,39</t>
+    <t>0,00</t>
   </si>
   <si>
     <t>96,84</t>
   </si>
   <si>
     <t>25,96</t>
   </si>
   <si>
-    <t>6</t>
+    <t>30,88</t>
+  </si>
+  <si>
+    <t>19,56</t>
+  </si>
+  <si>
+    <t>8</t>
   </si>
   <si>
     <t>COSTE-NAWROT</t>
   </si>
   <si>
     <t>Samuel</t>
   </si>
   <si>
     <t>GRAD TALENCE</t>
   </si>
   <si>
-    <t>109,35</t>
+    <t>164,39</t>
   </si>
   <si>
     <t>12,33</t>
   </si>
   <si>
     <t>6,05</t>
   </si>
   <si>
     <t>86,83</t>
   </si>
   <si>
-    <t>4,15</t>
-[...38 lines deleted...]
-    <t>85,90</t>
+    <t>33,80</t>
+  </si>
+  <si>
+    <t>13,98</t>
+  </si>
+  <si>
+    <t>11,40</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
+    <t>LEONARD</t>
+  </si>
+  <si>
+    <t>Timeo</t>
+  </si>
+  <si>
+    <t>114,78</t>
+  </si>
+  <si>
+    <t>57,13</t>
+  </si>
+  <si>
+    <t>20,55</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
     <t>JOURDES</t>
   </si>
   <si>
     <t>Alexandre Rolland</t>
   </si>
   <si>
-    <t>83,53</t>
+    <t>96,27</t>
   </si>
   <si>
     <t>10,17</t>
   </si>
   <si>
     <t>73,36</t>
   </si>
   <si>
-    <t>10</t>
-[...11 lines deleted...]
-    <t>57,13</t>
+    <t>12,74</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
+    <t>CHIGNAC</t>
+  </si>
+  <si>
+    <t>Matheo</t>
+  </si>
+  <si>
+    <t>76,21</t>
+  </si>
+  <si>
+    <t>5,97</t>
+  </si>
+  <si>
+    <t>38,34</t>
+  </si>
+  <si>
+    <t>22,80</t>
+  </si>
+  <si>
+    <t>9,10</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
     <t>TARDY</t>
   </si>
   <si>
     <t>Mathieu</t>
   </si>
   <si>
     <t>ST MEDARD</t>
   </si>
   <si>
-    <t>46,10</t>
+    <t>48,91</t>
   </si>
   <si>
     <t>4,97</t>
   </si>
   <si>
     <t>41,13</t>
   </si>
   <si>
-    <t>12</t>
-[...14 lines deleted...]
-    <t>38,34</t>
+    <t>2,82</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
+    <t>HERVIEU</t>
+  </si>
+  <si>
+    <t>Evgueny</t>
+  </si>
+  <si>
+    <t>45,38</t>
+  </si>
+  <si>
+    <t>8,50</t>
+  </si>
+  <si>
+    <t>1,09</t>
+  </si>
+  <si>
+    <t>19,61</t>
+  </si>
+  <si>
+    <t>10,71</t>
+  </si>
+  <si>
+    <t>5,47</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>MICHEL</t>
+  </si>
+  <si>
+    <t>Venance</t>
+  </si>
+  <si>
+    <t>BRIVE CE</t>
+  </si>
+  <si>
+    <t>42,94</t>
+  </si>
+  <si>
+    <t>11,18</t>
+  </si>
+  <si>
+    <t>25,16</t>
+  </si>
+  <si>
+    <t>6,60</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>Andréï</t>
+  </si>
+  <si>
+    <t>41,16</t>
+  </si>
+  <si>
+    <t>9,29</t>
+  </si>
+  <si>
+    <t>3,77</t>
+  </si>
+  <si>
+    <t>9,54</t>
+  </si>
+  <si>
+    <t>8,40</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
     <t>PAGES</t>
   </si>
   <si>
     <t>Gatien</t>
   </si>
   <si>
-    <t>30,72</t>
+    <t>32,89</t>
   </si>
   <si>
     <t>2,92</t>
   </si>
   <si>
     <t>27,79</t>
   </si>
   <si>
-    <t>14</t>
+    <t>2,17</t>
+  </si>
+  <si>
+    <t>17</t>
   </si>
   <si>
     <t>KEMPYNCK</t>
   </si>
   <si>
     <t>Pablo</t>
   </si>
   <si>
-    <t>15,53</t>
+    <t>20,66</t>
   </si>
   <si>
     <t>3,68</t>
   </si>
   <si>
     <t>11,85</t>
   </si>
   <si>
-    <t>15</t>
-[...32 lines deleted...]
-    <t>17</t>
+    <t>5,13</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>CHARTON</t>
+  </si>
+  <si>
+    <t>Clément</t>
+  </si>
+  <si>
+    <t>ARCACHON AST</t>
+  </si>
+  <si>
+    <t>14,92</t>
+  </si>
+  <si>
+    <t>6,53</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>VALET</t>
+  </si>
+  <si>
+    <t>Augustin</t>
+  </si>
+  <si>
+    <t>PAYS FOYEN</t>
+  </si>
+  <si>
+    <t>14,38</t>
+  </si>
+  <si>
+    <t>4,51</t>
+  </si>
+  <si>
+    <t>9,87</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>DEROME</t>
+  </si>
+  <si>
+    <t>12,61</t>
+  </si>
+  <si>
+    <t>5,45</t>
+  </si>
+  <si>
+    <t>7,16</t>
+  </si>
+  <si>
+    <t>21</t>
   </si>
   <si>
     <t>ARULANANTHAM</t>
   </si>
   <si>
     <t>Alexis</t>
   </si>
   <si>
-    <t>10,81</t>
+    <t>11,31</t>
   </si>
   <si>
     <t>4,08</t>
   </si>
   <si>
     <t>0,50</t>
   </si>
   <si>
     <t>6,22</t>
   </si>
   <si>
-    <t>18</t>
-[...16 lines deleted...]
-  <si>
     <t>COCKENPOT</t>
   </si>
   <si>
     <t>Léopold</t>
   </si>
   <si>
     <t>AEV</t>
   </si>
   <si>
+    <t>9,94</t>
+  </si>
+  <si>
     <t>7,13</t>
   </si>
   <si>
-    <t>20</t>
+    <t>23</t>
   </si>
   <si>
     <t>GENARI</t>
   </si>
   <si>
     <t>Andoni</t>
   </si>
   <si>
-    <t>6,78</t>
+    <t>9,22</t>
   </si>
   <si>
     <t>1,92</t>
   </si>
   <si>
     <t>3,31</t>
   </si>
   <si>
     <t>1,55</t>
   </si>
   <si>
-    <t>21</t>
-[...11 lines deleted...]
-    <t>6,53</t>
+    <t>0,76</t>
+  </si>
+  <si>
+    <t>1,68</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>MOREAU</t>
+  </si>
+  <si>
+    <t>Maxime</t>
+  </si>
+  <si>
+    <t>6,91</t>
+  </si>
+  <si>
+    <t>1,32</t>
+  </si>
+  <si>
+    <t>5,59</t>
+  </si>
+  <si>
+    <t>JANICOT</t>
+  </si>
+  <si>
+    <t>Esteban</t>
+  </si>
+  <si>
+    <t>EC LIBOURNE</t>
+  </si>
+  <si>
+    <t>6,58</t>
+  </si>
+  <si>
+    <t>6,08</t>
+  </si>
+  <si>
+    <t>26</t>
   </si>
   <si>
     <t>OCHANDIANO</t>
   </si>
   <si>
     <t>Arthur</t>
   </si>
   <si>
     <t>6,50</t>
   </si>
   <si>
     <t>2,24</t>
   </si>
   <si>
     <t>4,26</t>
   </si>
   <si>
-    <t>23</t>
-[...8 lines deleted...]
-    <t>24</t>
+    <t>27</t>
+  </si>
+  <si>
+    <t>JOYEL</t>
+  </si>
+  <si>
+    <t>Ethan</t>
+  </si>
+  <si>
+    <t>6,47</t>
+  </si>
+  <si>
+    <t>2,57</t>
+  </si>
+  <si>
+    <t>3,89</t>
+  </si>
+  <si>
+    <t>28</t>
   </si>
   <si>
     <t>SANGLA</t>
   </si>
   <si>
     <t>Gaëtan</t>
   </si>
   <si>
     <t>5,33</t>
   </si>
   <si>
     <t>1,61</t>
   </si>
   <si>
     <t>3,71</t>
   </si>
   <si>
-    <t>25</t>
-[...14 lines deleted...]
-    <t>26</t>
+    <t>OSTIZ</t>
+  </si>
+  <si>
+    <t>Elisaian</t>
+  </si>
+  <si>
+    <t>5,32</t>
+  </si>
+  <si>
+    <t>1,04</t>
+  </si>
+  <si>
+    <t>4,28</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>BUVELOT</t>
+  </si>
+  <si>
+    <t>Alexandre</t>
+  </si>
+  <si>
+    <t>BORDEAUX BAS</t>
+  </si>
+  <si>
+    <t>4,70</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>BROSED</t>
+  </si>
+  <si>
+    <t>Gabin</t>
+  </si>
+  <si>
+    <t>3,52</t>
   </si>
   <si>
     <t>LUCQUIAUD</t>
   </si>
   <si>
     <t>Tom</t>
   </si>
   <si>
     <t>NIORT CE</t>
   </si>
   <si>
     <t>3,29</t>
   </si>
   <si>
-    <t>27</t>
+    <t>33</t>
+  </si>
+  <si>
+    <t>HOUETTE-AGOSTINI</t>
+  </si>
+  <si>
+    <t>3,16</t>
+  </si>
+  <si>
+    <t>34</t>
   </si>
   <si>
     <t>BOISSE</t>
   </si>
   <si>
     <t>Simon</t>
   </si>
   <si>
     <t>2,89</t>
   </si>
   <si>
-    <t>28</t>
-[...32 lines deleted...]
-    <t>31</t>
+    <t>35</t>
   </si>
   <si>
     <t>APARICI</t>
   </si>
   <si>
     <t>Aymerich</t>
   </si>
   <si>
-    <t>0,76</t>
-[...11 lines deleted...]
-    <t>EC LIBOURNE</t>
+    <t>2,63</t>
+  </si>
+  <si>
+    <t>1,87</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>LEFEVRE</t>
+  </si>
+  <si>
+    <t>Clémént</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>LAVIGNE</t>
+  </si>
+  <si>
+    <t>Lenny</t>
+  </si>
+  <si>
+    <t>1,29</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>POMADE</t>
+  </si>
+  <si>
+    <t>Raphaël</t>
+  </si>
+  <si>
+    <t>1,02</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>IZZO</t>
+  </si>
+  <si>
+    <t>Baptiste</t>
+  </si>
+  <si>
+    <t>BORDEAUX CAM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF00008B" tint="0"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -842,1696 +1103,3068 @@
   </cellStyleXfs>
   <cellXfs count="27">
     <xf fontId="0" applyFont="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="3" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="4" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="5" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="6" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="2" applyBorder="1" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="3" applyBorder="1" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="3" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="4" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="5" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="6" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
-    <xf fontId="0" applyFont="1" fillId="6" applyFill="1" borderId="4" applyBorder="1" xfId="0"/>
+    <xf fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="4" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="5" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="3" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="4" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="5" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="6" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
-    <xf fontId="0" applyFont="1" fillId="6" applyFill="1" borderId="7" applyBorder="1" xfId="0"/>
+    <xf fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="7" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="8" applyBorder="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:N38"/>
+  <dimension ref="A1:V45"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" bestFit="1" width="9.140625" customWidth="1"/>
-    <col min="2" max="2" bestFit="1" width="18.7055702209473" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="19.0053291320801" customWidth="1"/>
     <col min="3" max="3" bestFit="1" width="17.3807010650635" customWidth="1"/>
     <col min="4" max="4" bestFit="1" width="9.140625" customWidth="1"/>
-    <col min="5" max="5" bestFit="1" width="15.3315019607544" customWidth="1"/>
+    <col min="5" max="5" bestFit="1" width="16.0558319091797" customWidth="1"/>
     <col min="6" max="6" bestFit="1" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="9" t="s">
         <v>1</v>
       </c>
       <c r="H1" s="18"/>
       <c r="I1" s="9" t="s">
         <v>1</v>
       </c>
       <c r="J1" s="18"/>
       <c r="K1" s="9" t="s">
         <v>2</v>
       </c>
       <c r="L1" s="18"/>
       <c r="M1" s="9" t="s">
         <v>2</v>
       </c>
       <c r="N1" s="18"/>
+      <c r="O1" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="P1" s="18"/>
+      <c r="Q1" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="R1" s="18"/>
+      <c r="S1" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="T1" s="18"/>
+      <c r="U1" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="V1" s="18"/>
     </row>
     <row r="2">
       <c r="A2" s="3"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="10" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="H2" s="19"/>
       <c r="I2" s="10" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="J2" s="19"/>
       <c r="K2" s="10" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="L2" s="19"/>
       <c r="M2" s="10" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="N2" s="19"/>
+      <c r="O2" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="P2" s="19"/>
+      <c r="Q2" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="R2" s="19"/>
+      <c r="S2" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="T2" s="19"/>
+      <c r="U2" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="V2" s="19"/>
     </row>
     <row r="3">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="10" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="H3" s="19"/>
       <c r="I3" s="10" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="J3" s="19"/>
       <c r="K3" s="10" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="L3" s="19"/>
       <c r="M3" s="10" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="N3" s="19"/>
+      <c r="O3" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="P3" s="19"/>
+      <c r="Q3" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="R3" s="19"/>
+      <c r="S3" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="T3" s="19"/>
+      <c r="U3" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="V3" s="19"/>
     </row>
     <row r="4">
       <c r="A4" s="3"/>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="10" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="H4" s="19"/>
       <c r="I4" s="10" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="J4" s="19"/>
       <c r="K4" s="10" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="L4" s="19"/>
       <c r="M4" s="10" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="N4" s="19"/>
+      <c r="O4" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="P4" s="19"/>
+      <c r="Q4" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="R4" s="19"/>
+      <c r="S4" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="T4" s="19"/>
+      <c r="U4" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="V4" s="19"/>
     </row>
     <row r="5">
       <c r="A5" s="3"/>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="11" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="H5" s="19" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="I5" s="11" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="J5" s="19" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="K5" s="11" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="L5" s="19" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="M5" s="11" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="N5" s="19" t="s">
-        <v>10</v>
+        <v>19</v>
+      </c>
+      <c r="O5" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="P5" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q5" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="R5" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="S5" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="T5" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="U5" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="V5" s="19" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="G6" s="26" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H6" s="19" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="I6" s="26" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="J6" s="19" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="K6" s="26" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L6" s="19" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="M6" s="26" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="N6" s="19" t="s">
-        <v>23</v>
+        <v>32</v>
+      </c>
+      <c r="O6" s="26" t="s">
+        <v>33</v>
+      </c>
+      <c r="P6" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q6" s="26" t="s">
+        <v>35</v>
+      </c>
+      <c r="R6" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="S6" s="26" t="s">
+        <v>36</v>
+      </c>
+      <c r="T6" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="U6" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="V6" s="19" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="G7" s="12" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="H7" s="20" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="I7" s="12">
         <v>1</v>
       </c>
       <c r="J7" s="20" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="K7" s="12">
         <v>1</v>
       </c>
       <c r="L7" s="20" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="M7" s="12">
         <v>123</v>
       </c>
       <c r="N7" s="20" t="s">
-        <v>32</v>
+        <v>46</v>
+      </c>
+      <c r="O7" s="12">
+        <v>2</v>
+      </c>
+      <c r="P7" s="20" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q7" s="12" t="s">
+        <v>43</v>
+      </c>
+      <c r="R7" s="20" t="s">
+        <v>43</v>
+      </c>
+      <c r="S7" s="12" t="s">
+        <v>43</v>
+      </c>
+      <c r="T7" s="20" t="s">
+        <v>43</v>
+      </c>
+      <c r="U7" s="12" t="s">
+        <v>43</v>
+      </c>
+      <c r="V7" s="20" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="G8" s="13" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="H8" s="21" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="I8" s="13">
         <v>2</v>
       </c>
       <c r="J8" s="21" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="K8" s="13">
         <v>3</v>
       </c>
       <c r="L8" s="21" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="M8" s="13">
         <v>87</v>
       </c>
       <c r="N8" s="21" t="s">
-        <v>40</v>
+        <v>55</v>
+      </c>
+      <c r="O8" s="13">
+        <v>3</v>
+      </c>
+      <c r="P8" s="21" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q8" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="R8" s="21" t="s">
+        <v>43</v>
+      </c>
+      <c r="S8" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="T8" s="21" t="s">
+        <v>43</v>
+      </c>
+      <c r="U8" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="V8" s="21" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="7" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="B9" s="7" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>43</v>
+        <v>59</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>7</v>
+        <v>60</v>
       </c>
       <c r="E9" s="7" t="s">
-        <v>44</v>
+        <v>61</v>
       </c>
       <c r="F9" s="7" t="s">
-        <v>45</v>
+        <v>62</v>
       </c>
       <c r="G9" s="14">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H9" s="22" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>63</v>
+      </c>
+      <c r="I9" s="14" t="s">
+        <v>43</v>
       </c>
       <c r="J9" s="22" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="K9" s="14">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L9" s="22" t="s">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="M9" s="14" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="N9" s="22" t="s">
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="O9" s="14">
+        <v>66</v>
+      </c>
+      <c r="P9" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q9" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="R9" s="22" t="s">
+        <v>43</v>
+      </c>
+      <c r="S9" s="14">
+        <v>2</v>
+      </c>
+      <c r="T9" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="U9" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="V9" s="22" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="8" t="s">
-        <v>49</v>
+        <v>67</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>50</v>
+        <v>68</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>52</v>
+        <v>16</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>53</v>
+        <v>70</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="G10" s="15">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H10" s="23" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>72</v>
+      </c>
+      <c r="I10" s="15">
+        <v>6</v>
       </c>
       <c r="J10" s="23" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="K10" s="15">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L10" s="23" t="s">
-        <v>56</v>
+        <v>74</v>
       </c>
       <c r="M10" s="15" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="N10" s="23" t="s">
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="O10" s="15">
+        <v>126</v>
+      </c>
+      <c r="P10" s="23" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q10" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="R10" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="S10" s="15">
+        <v>5</v>
+      </c>
+      <c r="T10" s="23" t="s">
+        <v>76</v>
+      </c>
+      <c r="U10" s="15">
+        <v>7</v>
+      </c>
+      <c r="V10" s="23" t="s">
+        <v>77</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="s">
-        <v>57</v>
+        <v>78</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>59</v>
+        <v>80</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>61</v>
+        <v>82</v>
       </c>
       <c r="G11" s="16">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="H11" s="24" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>83</v>
+      </c>
+      <c r="I11" s="16" t="s">
+        <v>43</v>
       </c>
       <c r="J11" s="24" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="K11" s="16">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="L11" s="24" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>84</v>
+      </c>
+      <c r="M11" s="16" t="s">
+        <v>43</v>
       </c>
       <c r="N11" s="24" t="s">
-        <v>65</v>
+        <v>43</v>
+      </c>
+      <c r="O11" s="16">
+        <v>37</v>
+      </c>
+      <c r="P11" s="24" t="s">
+        <v>85</v>
+      </c>
+      <c r="Q11" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="R11" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="S11" s="16">
+        <v>8</v>
+      </c>
+      <c r="T11" s="24" t="s">
+        <v>86</v>
+      </c>
+      <c r="U11" s="16">
+        <v>3</v>
+      </c>
+      <c r="V11" s="24" t="s">
+        <v>87</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="8" t="s">
-        <v>66</v>
+        <v>88</v>
       </c>
       <c r="B12" s="8" t="s">
-        <v>67</v>
+        <v>89</v>
       </c>
       <c r="C12" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="E12" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="F12" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="G12" s="15">
+        <v>1</v>
+      </c>
+      <c r="H12" s="23" t="s">
+        <v>92</v>
+      </c>
+      <c r="I12" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="J12" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="K12" s="15">
+        <v>82</v>
+      </c>
+      <c r="L12" s="23" t="s">
+        <v>93</v>
+      </c>
+      <c r="M12" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="N12" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="O12" s="15">
         <v>68</v>
       </c>
-      <c r="D12" s="8" t="s">
-[...30 lines deleted...]
-        <v>74</v>
+      <c r="P12" s="23" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q12" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="R12" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="S12" s="15">
+        <v>1</v>
+      </c>
+      <c r="T12" s="23" t="s">
+        <v>95</v>
+      </c>
+      <c r="U12" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="V12" s="23" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="s">
-        <v>75</v>
+        <v>96</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>76</v>
+        <v>97</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>52</v>
+        <v>16</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>53</v>
+        <v>99</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>78</v>
+        <v>100</v>
       </c>
       <c r="G13" s="16">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H13" s="24" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>101</v>
+      </c>
+      <c r="I13" s="16">
+        <v>10</v>
       </c>
       <c r="J13" s="24" t="s">
-        <v>29</v>
+        <v>102</v>
       </c>
       <c r="K13" s="16">
-        <v>82</v>
+        <v>63</v>
       </c>
       <c r="L13" s="24" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>103</v>
+      </c>
+      <c r="M13" s="16">
+        <v>111</v>
       </c>
       <c r="N13" s="24" t="s">
-        <v>29</v>
+        <v>104</v>
+      </c>
+      <c r="O13" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="P13" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q13" s="16">
+        <v>36</v>
+      </c>
+      <c r="R13" s="24" t="s">
+        <v>105</v>
+      </c>
+      <c r="S13" s="16">
+        <v>3</v>
+      </c>
+      <c r="T13" s="24" t="s">
+        <v>106</v>
+      </c>
+      <c r="U13" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="V13" s="24" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="8" t="s">
-        <v>81</v>
+        <v>107</v>
       </c>
       <c r="B14" s="8" t="s">
-        <v>82</v>
+        <v>108</v>
       </c>
       <c r="C14" s="8" t="s">
-        <v>83</v>
+        <v>109</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="E14" s="8" t="s">
-        <v>84</v>
+        <v>110</v>
       </c>
       <c r="F14" s="8" t="s">
-        <v>85</v>
+        <v>111</v>
       </c>
       <c r="G14" s="15">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="H14" s="23" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>112</v>
+      </c>
+      <c r="I14" s="15">
+        <v>9</v>
       </c>
       <c r="J14" s="23" t="s">
-        <v>29</v>
+        <v>113</v>
       </c>
       <c r="K14" s="15">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L14" s="23" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>114</v>
+      </c>
+      <c r="M14" s="15">
+        <v>240</v>
       </c>
       <c r="N14" s="23" t="s">
-        <v>29</v>
+        <v>102</v>
+      </c>
+      <c r="O14" s="15">
+        <v>124</v>
+      </c>
+      <c r="P14" s="23" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q14" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="R14" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="S14" s="15">
+        <v>6</v>
+      </c>
+      <c r="T14" s="23" t="s">
+        <v>116</v>
+      </c>
+      <c r="U14" s="15">
+        <v>5</v>
+      </c>
+      <c r="V14" s="23" t="s">
+        <v>117</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>88</v>
+        <v>118</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>89</v>
+        <v>119</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>91</v>
+        <v>121</v>
       </c>
       <c r="G15" s="16">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="H15" s="24" t="s">
-        <v>92</v>
+        <v>63</v>
       </c>
       <c r="I15" s="16" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="J15" s="24" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="K15" s="16">
-        <v>89</v>
+        <v>113</v>
       </c>
       <c r="L15" s="24" t="s">
-        <v>93</v>
+        <v>122</v>
       </c>
       <c r="M15" s="16" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="N15" s="24" t="s">
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="O15" s="16">
+        <v>161</v>
+      </c>
+      <c r="P15" s="24" t="s">
+        <v>123</v>
+      </c>
+      <c r="Q15" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="R15" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="S15" s="16">
+        <v>3</v>
+      </c>
+      <c r="T15" s="24" t="s">
+        <v>106</v>
+      </c>
+      <c r="U15" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="V15" s="24" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="8" t="s">
-        <v>94</v>
+        <v>124</v>
       </c>
       <c r="B16" s="8" t="s">
-        <v>95</v>
+        <v>125</v>
       </c>
       <c r="C16" s="8" t="s">
-        <v>96</v>
+        <v>126</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="E16" s="8" t="s">
-        <v>84</v>
+        <v>110</v>
       </c>
       <c r="F16" s="8" t="s">
-        <v>97</v>
+        <v>127</v>
       </c>
       <c r="G16" s="15">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="H16" s="23" t="s">
-        <v>55</v>
+        <v>128</v>
       </c>
       <c r="I16" s="15" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="J16" s="23" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="K16" s="15">
-        <v>113</v>
+        <v>89</v>
       </c>
       <c r="L16" s="23" t="s">
-        <v>98</v>
+        <v>129</v>
       </c>
       <c r="M16" s="15" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="N16" s="23" t="s">
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="O16" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="P16" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q16" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="R16" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="S16" s="15">
+        <v>7</v>
+      </c>
+      <c r="T16" s="23" t="s">
+        <v>130</v>
+      </c>
+      <c r="U16" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="V16" s="23" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="s">
-        <v>99</v>
+        <v>131</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>101</v>
+        <v>133</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>7</v>
+        <v>60</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>102</v>
+        <v>81</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>103</v>
+        <v>134</v>
       </c>
       <c r="G17" s="16">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H17" s="24" t="s">
-        <v>104</v>
+        <v>135</v>
       </c>
       <c r="I17" s="16" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="J17" s="24" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="K17" s="16">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="L17" s="24" t="s">
-        <v>105</v>
+        <v>136</v>
       </c>
       <c r="M17" s="16" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="N17" s="24" t="s">
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="O17" s="16">
+        <v>154</v>
+      </c>
+      <c r="P17" s="24" t="s">
+        <v>137</v>
+      </c>
+      <c r="Q17" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="R17" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="S17" s="16">
+        <v>11</v>
+      </c>
+      <c r="T17" s="24" t="s">
+        <v>138</v>
+      </c>
+      <c r="U17" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="V17" s="24" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="8" t="s">
-        <v>106</v>
+        <v>139</v>
       </c>
       <c r="B18" s="8" t="s">
-        <v>107</v>
+        <v>140</v>
       </c>
       <c r="C18" s="8" t="s">
-        <v>108</v>
+        <v>141</v>
       </c>
       <c r="D18" s="8" t="s">
-        <v>52</v>
+        <v>16</v>
       </c>
       <c r="E18" s="8" t="s">
-        <v>84</v>
+        <v>142</v>
       </c>
       <c r="F18" s="8" t="s">
-        <v>109</v>
+        <v>143</v>
       </c>
       <c r="G18" s="15">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="H18" s="23" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="I18" s="15" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="J18" s="23" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="K18" s="15">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="L18" s="23" t="s">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="M18" s="15" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="N18" s="23" t="s">
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="O18" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="P18" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q18" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="R18" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="S18" s="15">
+        <v>24</v>
+      </c>
+      <c r="T18" s="23" t="s">
+        <v>146</v>
+      </c>
+      <c r="U18" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="V18" s="23" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="s">
-        <v>112</v>
+        <v>147</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>113</v>
+        <v>148</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>114</v>
+        <v>149</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>52</v>
+        <v>16</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>84</v>
+        <v>51</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>115</v>
+        <v>150</v>
       </c>
       <c r="G19" s="16">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="H19" s="24" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>151</v>
+      </c>
+      <c r="I19" s="16">
+        <v>20</v>
       </c>
       <c r="J19" s="24" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>174</v>
+        <v>152</v>
+      </c>
+      <c r="K19" s="16" t="s">
+        <v>43</v>
       </c>
       <c r="L19" s="24" t="s">
-        <v>117</v>
+        <v>43</v>
       </c>
       <c r="M19" s="16" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="N19" s="24" t="s">
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="O19" s="16">
+        <v>164</v>
+      </c>
+      <c r="P19" s="24" t="s">
+        <v>153</v>
+      </c>
+      <c r="Q19" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="R19" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="S19" s="16">
+        <v>9</v>
+      </c>
+      <c r="T19" s="24" t="s">
+        <v>154</v>
+      </c>
+      <c r="U19" s="16">
+        <v>12</v>
+      </c>
+      <c r="V19" s="24" t="s">
+        <v>155</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="8" t="s">
-        <v>118</v>
+        <v>156</v>
       </c>
       <c r="B20" s="8" t="s">
-        <v>119</v>
+        <v>157</v>
       </c>
       <c r="C20" s="8" t="s">
-        <v>120</v>
+        <v>158</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>52</v>
+        <v>16</v>
       </c>
       <c r="E20" s="8" t="s">
-        <v>60</v>
+        <v>159</v>
       </c>
       <c r="F20" s="8" t="s">
-        <v>121</v>
+        <v>160</v>
       </c>
       <c r="G20" s="15">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="H20" s="23" t="s">
-        <v>122</v>
+        <v>161</v>
       </c>
       <c r="I20" s="15" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="J20" s="23" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>220</v>
+        <v>43</v>
+      </c>
+      <c r="K20" s="15" t="s">
+        <v>43</v>
       </c>
       <c r="L20" s="23" t="s">
-        <v>123</v>
+        <v>43</v>
       </c>
       <c r="M20" s="15" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="N20" s="23" t="s">
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="O20" s="15">
+        <v>147</v>
+      </c>
+      <c r="P20" s="23" t="s">
+        <v>162</v>
+      </c>
+      <c r="Q20" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="R20" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="S20" s="15">
+        <v>15</v>
+      </c>
+      <c r="T20" s="23" t="s">
+        <v>163</v>
+      </c>
+      <c r="U20" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="V20" s="23" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="s">
-        <v>124</v>
+        <v>164</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>125</v>
+        <v>148</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>126</v>
+        <v>165</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>127</v>
+        <v>166</v>
       </c>
       <c r="G21" s="16">
         <v>9</v>
       </c>
       <c r="H21" s="24" t="s">
-        <v>128</v>
+        <v>167</v>
       </c>
       <c r="I21" s="16">
         <v>13</v>
       </c>
       <c r="J21" s="24" t="s">
-        <v>129</v>
+        <v>168</v>
       </c>
       <c r="K21" s="16" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="L21" s="24" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="M21" s="16" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="N21" s="24" t="s">
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="O21" s="16">
+        <v>200</v>
+      </c>
+      <c r="P21" s="24" t="s">
+        <v>169</v>
+      </c>
+      <c r="Q21" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="R21" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="S21" s="16">
+        <v>12</v>
+      </c>
+      <c r="T21" s="24" t="s">
+        <v>170</v>
+      </c>
+      <c r="U21" s="16">
+        <v>6</v>
+      </c>
+      <c r="V21" s="24" t="s">
+        <v>128</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="8" t="s">
-        <v>130</v>
+        <v>171</v>
       </c>
       <c r="B22" s="8" t="s">
-        <v>131</v>
+        <v>172</v>
       </c>
       <c r="C22" s="8" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>7</v>
+        <v>60</v>
       </c>
       <c r="E22" s="8" t="s">
-        <v>133</v>
+        <v>81</v>
       </c>
       <c r="F22" s="8" t="s">
-        <v>134</v>
+        <v>174</v>
       </c>
       <c r="G22" s="15">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="H22" s="23" t="s">
-        <v>134</v>
+        <v>175</v>
       </c>
       <c r="I22" s="15" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="J22" s="23" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="K22" s="15">
+        <v>174</v>
       </c>
       <c r="L22" s="23" t="s">
-        <v>29</v>
+        <v>176</v>
       </c>
       <c r="M22" s="15" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="N22" s="23" t="s">
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="O22" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="P22" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q22" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="R22" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="S22" s="15">
+        <v>26</v>
+      </c>
+      <c r="T22" s="23" t="s">
+        <v>177</v>
+      </c>
+      <c r="U22" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="V22" s="23" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="s">
-        <v>135</v>
+        <v>178</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>136</v>
+        <v>179</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>137</v>
+        <v>180</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>7</v>
+        <v>60</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>60</v>
+        <v>99</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>138</v>
+        <v>181</v>
       </c>
       <c r="G23" s="16">
+        <v>19</v>
+      </c>
+      <c r="H23" s="24" t="s">
+        <v>182</v>
+      </c>
+      <c r="I23" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="J23" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="K23" s="16">
+        <v>220</v>
+      </c>
+      <c r="L23" s="24" t="s">
+        <v>183</v>
+      </c>
+      <c r="M23" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="N23" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="O23" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="P23" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q23" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="R23" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="S23" s="16">
         <v>18</v>
       </c>
-      <c r="H23" s="24" t="s">
-[...18 lines deleted...]
-        <v>29</v>
+      <c r="T23" s="24" t="s">
+        <v>184</v>
+      </c>
+      <c r="U23" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="V23" s="24" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="8" t="s">
-        <v>142</v>
+        <v>185</v>
       </c>
       <c r="B24" s="8" t="s">
-        <v>125</v>
+        <v>186</v>
       </c>
       <c r="C24" s="8" t="s">
-        <v>143</v>
+        <v>187</v>
       </c>
       <c r="D24" s="8" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="E24" s="8" t="s">
-        <v>36</v>
+        <v>188</v>
       </c>
       <c r="F24" s="8" t="s">
-        <v>144</v>
+        <v>189</v>
       </c>
       <c r="G24" s="15">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="H24" s="23" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>190</v>
+      </c>
+      <c r="I24" s="15" t="s">
+        <v>43</v>
       </c>
       <c r="J24" s="23" t="s">
-        <v>146</v>
+        <v>43</v>
       </c>
       <c r="K24" s="15" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="L24" s="23" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="M24" s="15" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="N24" s="23" t="s">
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="O24" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="P24" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q24" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="R24" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="S24" s="15">
+        <v>12</v>
+      </c>
+      <c r="T24" s="23" t="s">
+        <v>170</v>
+      </c>
+      <c r="U24" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="V24" s="23" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="s">
-        <v>147</v>
+        <v>191</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>148</v>
+        <v>192</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>149</v>
+        <v>193</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>150</v>
+        <v>194</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>151</v>
+        <v>195</v>
       </c>
       <c r="G25" s="16">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="H25" s="24" t="s">
-        <v>151</v>
+        <v>196</v>
       </c>
       <c r="I25" s="16" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="J25" s="24" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="K25" s="16" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="L25" s="24" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="M25" s="16" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="N25" s="24" t="s">
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="O25" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="P25" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q25" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="R25" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="S25" s="16">
+        <v>10</v>
+      </c>
+      <c r="T25" s="24" t="s">
+        <v>197</v>
+      </c>
+      <c r="U25" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="V25" s="24" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="8" t="s">
-        <v>152</v>
+        <v>198</v>
       </c>
       <c r="B26" s="8" t="s">
-        <v>153</v>
+        <v>199</v>
       </c>
       <c r="C26" s="8" t="s">
-        <v>154</v>
+        <v>141</v>
       </c>
       <c r="D26" s="8" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="E26" s="8" t="s">
-        <v>60</v>
+        <v>142</v>
       </c>
       <c r="F26" s="8" t="s">
-        <v>155</v>
+        <v>200</v>
       </c>
       <c r="G26" s="15">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="H26" s="23" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="I26" s="15">
+        <v>201</v>
+      </c>
+      <c r="I26" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="J26" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="K26" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="L26" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="M26" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="N26" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="O26" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="P26" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q26" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="R26" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="S26" s="15">
         <v>14</v>
       </c>
-      <c r="J26" s="23" t="s">
-[...12 lines deleted...]
-        <v>29</v>
+      <c r="T26" s="23" t="s">
+        <v>202</v>
+      </c>
+      <c r="U26" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="V26" s="23" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="s">
-        <v>159</v>
+        <v>203</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>160</v>
+        <v>204</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>161</v>
+        <v>205</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>162</v>
+        <v>99</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>163</v>
+        <v>206</v>
       </c>
       <c r="G27" s="16">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="H27" s="24" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>207</v>
+      </c>
+      <c r="I27" s="16">
+        <v>22</v>
       </c>
       <c r="J27" s="24" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>208</v>
+      </c>
+      <c r="K27" s="16">
+        <v>239</v>
       </c>
       <c r="L27" s="24" t="s">
-        <v>29</v>
+        <v>209</v>
       </c>
       <c r="M27" s="16" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="N27" s="24" t="s">
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="O27" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="P27" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q27" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="R27" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="S27" s="16">
+        <v>32</v>
+      </c>
+      <c r="T27" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="U27" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="V27" s="24" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="8" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="B28" s="8" t="s">
-        <v>164</v>
+        <v>210</v>
       </c>
       <c r="C28" s="8" t="s">
-        <v>165</v>
+        <v>211</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>7</v>
+        <v>60</v>
       </c>
       <c r="E28" s="8" t="s">
-        <v>60</v>
+        <v>212</v>
       </c>
       <c r="F28" s="8" t="s">
-        <v>166</v>
+        <v>213</v>
       </c>
       <c r="G28" s="15">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="H28" s="23" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>214</v>
+      </c>
+      <c r="I28" s="15" t="s">
+        <v>43</v>
       </c>
       <c r="J28" s="23" t="s">
-        <v>168</v>
+        <v>43</v>
       </c>
       <c r="K28" s="15" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="L28" s="23" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="M28" s="15" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="N28" s="23" t="s">
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="O28" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="P28" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q28" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="R28" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="S28" s="15">
+        <v>24</v>
+      </c>
+      <c r="T28" s="23" t="s">
+        <v>146</v>
+      </c>
+      <c r="U28" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="V28" s="23" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="s">
-        <v>169</v>
+        <v>215</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>170</v>
+        <v>216</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>101</v>
+        <v>217</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>171</v>
+        <v>218</v>
       </c>
       <c r="G29" s="16">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="H29" s="24" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>219</v>
+      </c>
+      <c r="I29" s="16">
+        <v>14</v>
       </c>
       <c r="J29" s="24" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>220</v>
+      </c>
+      <c r="K29" s="16">
+        <v>256</v>
       </c>
       <c r="L29" s="24" t="s">
-        <v>29</v>
+        <v>221</v>
       </c>
       <c r="M29" s="16" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="N29" s="24" t="s">
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="O29" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="P29" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q29" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="R29" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="S29" s="16">
+        <v>31</v>
+      </c>
+      <c r="T29" s="24" t="s">
+        <v>222</v>
+      </c>
+      <c r="U29" s="16">
+        <v>21</v>
+      </c>
+      <c r="V29" s="24" t="s">
+        <v>223</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="8" t="s">
-        <v>172</v>
+        <v>224</v>
       </c>
       <c r="B30" s="8" t="s">
-        <v>173</v>
+        <v>225</v>
       </c>
       <c r="C30" s="8" t="s">
-        <v>174</v>
+        <v>226</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="E30" s="8" t="s">
-        <v>60</v>
+        <v>142</v>
       </c>
       <c r="F30" s="8" t="s">
-        <v>175</v>
+        <v>227</v>
       </c>
       <c r="G30" s="15">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H30" s="23" t="s">
-        <v>176</v>
+        <v>228</v>
       </c>
       <c r="I30" s="15" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="J30" s="23" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>43</v>
+      </c>
+      <c r="K30" s="15" t="s">
+        <v>43</v>
       </c>
       <c r="L30" s="23" t="s">
-        <v>177</v>
+        <v>43</v>
       </c>
       <c r="M30" s="15" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="N30" s="23" t="s">
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="O30" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="P30" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q30" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="R30" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="S30" s="15">
+        <v>17</v>
+      </c>
+      <c r="T30" s="23" t="s">
+        <v>229</v>
+      </c>
+      <c r="U30" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="V30" s="23" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="s">
-        <v>178</v>
+        <v>37</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>179</v>
+        <v>230</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>180</v>
+        <v>231</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>52</v>
+        <v>16</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>181</v>
+        <v>232</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>182</v>
+        <v>233</v>
       </c>
       <c r="G31" s="16">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="H31" s="24" t="s">
-        <v>182</v>
+        <v>208</v>
       </c>
       <c r="I31" s="16" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="J31" s="24" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="K31" s="16" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="L31" s="24" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="M31" s="16" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="N31" s="24" t="s">
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="O31" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="P31" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q31" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="R31" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="S31" s="16">
+        <v>16</v>
+      </c>
+      <c r="T31" s="24" t="s">
+        <v>234</v>
+      </c>
+      <c r="U31" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="V31" s="24" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="8" t="s">
-        <v>183</v>
+        <v>235</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>184</v>
+        <v>236</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>185</v>
+        <v>237</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="E32" s="8" t="s">
-        <v>186</v>
+        <v>99</v>
       </c>
       <c r="F32" s="8" t="s">
-        <v>187</v>
+        <v>238</v>
       </c>
       <c r="G32" s="15">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="H32" s="23" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>239</v>
+      </c>
+      <c r="I32" s="15">
+        <v>12</v>
       </c>
       <c r="J32" s="23" t="s">
-        <v>29</v>
+        <v>240</v>
       </c>
       <c r="K32" s="15" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="L32" s="23" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="M32" s="15" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="N32" s="23" t="s">
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="O32" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="P32" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q32" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="R32" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="S32" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="T32" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="U32" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="V32" s="23" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="s">
-        <v>188</v>
+        <v>241</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>189</v>
+        <v>242</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>190</v>
+        <v>243</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>244</v>
+      </c>
+      <c r="G33" s="16">
+        <v>22</v>
       </c>
       <c r="H33" s="24" t="s">
-        <v>29</v>
+        <v>245</v>
       </c>
       <c r="I33" s="16" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="J33" s="24" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>251</v>
+        <v>43</v>
+      </c>
+      <c r="K33" s="16" t="s">
+        <v>43</v>
       </c>
       <c r="L33" s="24" t="s">
-        <v>191</v>
+        <v>43</v>
       </c>
       <c r="M33" s="16" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="N33" s="24" t="s">
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="O33" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="P33" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q33" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="R33" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="S33" s="16">
+        <v>21</v>
+      </c>
+      <c r="T33" s="24" t="s">
+        <v>246</v>
+      </c>
+      <c r="U33" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="V33" s="24" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="8" t="s">
-        <v>192</v>
+        <v>247</v>
       </c>
       <c r="B34" s="8" t="s">
-        <v>193</v>
+        <v>248</v>
       </c>
       <c r="C34" s="8" t="s">
-        <v>194</v>
+        <v>249</v>
       </c>
       <c r="D34" s="8" t="s">
-        <v>7</v>
+        <v>60</v>
       </c>
       <c r="E34" s="8" t="s">
-        <v>53</v>
+        <v>99</v>
       </c>
       <c r="F34" s="8" t="s">
-        <v>195</v>
+        <v>250</v>
       </c>
       <c r="G34" s="15">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H34" s="23" t="s">
-        <v>195</v>
+        <v>251</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="J34" s="23" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="K34" s="15">
+        <v>248</v>
       </c>
       <c r="L34" s="23" t="s">
-        <v>29</v>
+        <v>252</v>
       </c>
       <c r="M34" s="15" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="N34" s="23" t="s">
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="O34" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="P34" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q34" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="R34" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="S34" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="T34" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="U34" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="V34" s="23" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>196</v>
+        <v>253</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>197</v>
+        <v>254</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>52</v>
+        <v>16</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>102</v>
+        <v>142</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>198</v>
+        <v>255</v>
       </c>
       <c r="G35" s="16">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H35" s="24" t="s">
-        <v>198</v>
+        <v>256</v>
       </c>
       <c r="I35" s="16" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="J35" s="24" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="K35" s="16" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="L35" s="24" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="M35" s="16" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="N35" s="24" t="s">
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="O35" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="P35" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q35" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="R35" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="S35" s="16">
+        <v>20</v>
+      </c>
+      <c r="T35" s="24" t="s">
+        <v>257</v>
+      </c>
+      <c r="U35" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="V35" s="24" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="8" t="s">
-        <v>199</v>
+        <v>258</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>200</v>
+        <v>259</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>201</v>
+        <v>260</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="E36" s="8" t="s">
-        <v>102</v>
+        <v>261</v>
       </c>
       <c r="F36" s="8" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>262</v>
+      </c>
+      <c r="G36" s="15" t="s">
+        <v>43</v>
       </c>
       <c r="H36" s="23" t="s">
-        <v>202</v>
+        <v>43</v>
       </c>
       <c r="I36" s="15" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="J36" s="23" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="K36" s="15" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="L36" s="23" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="M36" s="15" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="N36" s="23" t="s">
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="O36" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="P36" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q36" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="R36" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="S36" s="15">
+        <v>19</v>
+      </c>
+      <c r="T36" s="23" t="s">
+        <v>262</v>
+      </c>
+      <c r="U36" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="V36" s="23" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="s">
-        <v>203</v>
+        <v>263</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>204</v>
+        <v>264</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>205</v>
+        <v>265</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>266</v>
+      </c>
+      <c r="G37" s="16" t="s">
+        <v>43</v>
       </c>
       <c r="H37" s="24" t="s">
-        <v>206</v>
+        <v>43</v>
       </c>
       <c r="I37" s="16" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="J37" s="24" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="K37" s="16" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="L37" s="24" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="M37" s="16" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="N37" s="24" t="s">
-        <v>29</v>
+        <v>43</v>
+      </c>
+      <c r="O37" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="P37" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q37" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="R37" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="S37" s="16">
+        <v>22</v>
+      </c>
+      <c r="T37" s="24" t="s">
+        <v>266</v>
+      </c>
+      <c r="U37" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="V37" s="24" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="8" t="s">
-        <v>207</v>
+        <v>36</v>
       </c>
       <c r="B38" s="8" t="s">
+        <v>267</v>
+      </c>
+      <c r="C38" s="8" t="s">
+        <v>268</v>
+      </c>
+      <c r="D38" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="E38" s="8" t="s">
+        <v>269</v>
+      </c>
+      <c r="F38" s="8" t="s">
+        <v>270</v>
+      </c>
+      <c r="G38" s="15">
+        <v>20</v>
+      </c>
+      <c r="H38" s="23" t="s">
+        <v>270</v>
+      </c>
+      <c r="I38" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="J38" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="K38" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="L38" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="M38" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="N38" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="O38" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="P38" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q38" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="R38" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="S38" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="T38" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="U38" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="V38" s="23" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="G39" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="H39" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="I39" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="J39" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="K39" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="L39" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="M39" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="N39" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="O39" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="P39" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q39" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="R39" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="S39" s="16">
+        <v>23</v>
+      </c>
+      <c r="T39" s="24" t="s">
+        <v>273</v>
+      </c>
+      <c r="U39" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="V39" s="24" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="8" t="s">
+        <v>274</v>
+      </c>
+      <c r="B40" s="8" t="s">
+        <v>275</v>
+      </c>
+      <c r="C40" s="8" t="s">
+        <v>276</v>
+      </c>
+      <c r="D40" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="E40" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="F40" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="G40" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="H40" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="I40" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="J40" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="K40" s="15">
+        <v>251</v>
+      </c>
+      <c r="L40" s="23" t="s">
+        <v>277</v>
+      </c>
+      <c r="M40" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="N40" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="O40" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="P40" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q40" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="R40" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="S40" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="T40" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="U40" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="V40" s="23" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="G41" s="16">
+        <v>28</v>
+      </c>
+      <c r="H41" s="24" t="s">
+        <v>222</v>
+      </c>
+      <c r="I41" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="J41" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="K41" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="L41" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="M41" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="N41" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="O41" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="P41" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q41" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="R41" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="S41" s="16">
+        <v>27</v>
+      </c>
+      <c r="T41" s="24" t="s">
+        <v>282</v>
+      </c>
+      <c r="U41" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="V41" s="24" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="8" t="s">
+        <v>283</v>
+      </c>
+      <c r="B42" s="8" t="s">
+        <v>284</v>
+      </c>
+      <c r="C42" s="8" t="s">
+        <v>285</v>
+      </c>
+      <c r="D42" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="E42" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="F42" s="8" t="s">
+        <v>282</v>
+      </c>
+      <c r="G42" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="H42" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="I42" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="J42" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="K42" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="L42" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="M42" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="N42" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="O42" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="P42" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q42" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="R42" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="S42" s="15">
+        <v>27</v>
+      </c>
+      <c r="T42" s="23" t="s">
+        <v>282</v>
+      </c>
+      <c r="U42" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="V42" s="23" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E43" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="G43" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="H43" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="I43" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="J43" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="K43" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="L43" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="M43" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="N43" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="O43" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="P43" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q43" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="R43" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="S43" s="16">
+        <v>29</v>
+      </c>
+      <c r="T43" s="24" t="s">
+        <v>289</v>
+      </c>
+      <c r="U43" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="V43" s="24" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="8" t="s">
+        <v>290</v>
+      </c>
+      <c r="B44" s="8" t="s">
+        <v>291</v>
+      </c>
+      <c r="C44" s="8" t="s">
+        <v>292</v>
+      </c>
+      <c r="D44" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="E44" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="F44" s="8" t="s">
+        <v>293</v>
+      </c>
+      <c r="G44" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="H44" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="I44" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="J44" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="K44" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="L44" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="M44" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="N44" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="O44" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="P44" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q44" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="R44" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="S44" s="15">
+        <v>30</v>
+      </c>
+      <c r="T44" s="23" t="s">
+        <v>293</v>
+      </c>
+      <c r="U44" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="V44" s="23" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="F45" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="C38" s="8" t="s">
-[...33 lines deleted...]
-        <v>29</v>
+      <c r="G45" s="17" t="s">
+        <v>43</v>
+      </c>
+      <c r="H45" s="25" t="s">
+        <v>43</v>
+      </c>
+      <c r="I45" s="17" t="s">
+        <v>43</v>
+      </c>
+      <c r="J45" s="25" t="s">
+        <v>43</v>
+      </c>
+      <c r="K45" s="17" t="s">
+        <v>43</v>
+      </c>
+      <c r="L45" s="25" t="s">
+        <v>43</v>
+      </c>
+      <c r="M45" s="17" t="s">
+        <v>43</v>
+      </c>
+      <c r="N45" s="25" t="s">
+        <v>43</v>
+      </c>
+      <c r="O45" s="17" t="s">
+        <v>43</v>
+      </c>
+      <c r="P45" s="25" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q45" s="17" t="s">
+        <v>43</v>
+      </c>
+      <c r="R45" s="25" t="s">
+        <v>43</v>
+      </c>
+      <c r="S45" s="17" t="s">
+        <v>43</v>
+      </c>
+      <c r="T45" s="25" t="s">
+        <v>43</v>
+      </c>
+      <c r="U45" s="17">
+        <v>25</v>
+      </c>
+      <c r="V45" s="25" t="s">
+        <v>208</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F5"/>
     <mergeCell ref="G1:H1"/>
     <mergeCell ref="G2:H2"/>
     <mergeCell ref="G3:H3"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I1:J1"/>
     <mergeCell ref="I2:J2"/>
     <mergeCell ref="I3:J3"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="K1:L1"/>
     <mergeCell ref="K2:L2"/>
     <mergeCell ref="K3:L3"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M1:N1"/>
     <mergeCell ref="M2:N2"/>
     <mergeCell ref="M3:N3"/>
     <mergeCell ref="M4:N4"/>
+    <mergeCell ref="O1:P1"/>
+    <mergeCell ref="O2:P2"/>
+    <mergeCell ref="O3:P3"/>
+    <mergeCell ref="O4:P4"/>
+    <mergeCell ref="Q1:R1"/>
+    <mergeCell ref="Q2:R2"/>
+    <mergeCell ref="Q3:R3"/>
+    <mergeCell ref="Q4:R4"/>
+    <mergeCell ref="S1:T1"/>
+    <mergeCell ref="S2:T2"/>
+    <mergeCell ref="S3:T3"/>
+    <mergeCell ref="S4:T4"/>
+    <mergeCell ref="U1:V1"/>
+    <mergeCell ref="U2:V2"/>
+    <mergeCell ref="U3:V3"/>
+    <mergeCell ref="U4:V4"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.25" top="0.25" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait"/>
   <headerFooter differentFirst="0" differentOddEven="1">
     <oddHeader>&amp;CEpée Hommes M17 (EHM17) 2025-2026</oddHeader>
     <oddFooter>&amp;CEscrime Nouvelle-Aquitaine</oddFooter>
     <evenHeader>&amp;CEpée Hommes M17 (EHM17) 2025-2026</evenHeader>
     <evenFooter>&amp;CEscrime Nouvelle-Aquitaine</evenFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>G. Texier</dc:creator>
   <dc:title>Calendrier Escrime Nouvelle-Aquitaine</dc:title>
   <dc:subject>Calendrier Escrime Nouvelle-Aquitaine</dc:subject>
-  <dc:description>Généré le 30/10/2025</dc:description>
+  <dc:description>Généré le 18/12/2025</dc:description>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
 </Properties>
 </file>