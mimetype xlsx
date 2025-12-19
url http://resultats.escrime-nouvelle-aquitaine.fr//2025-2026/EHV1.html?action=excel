--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -7,201 +7,350 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="EHV1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="87">
   <si>
     <t>Epée Hommes Vétérans 1 (EHV1) 2025-2026</t>
   </si>
   <si>
     <t>EN 1 Epée VETERAN</t>
   </si>
   <si>
+    <t>EN 2 Epée VETERAN</t>
+  </si>
+  <si>
+    <t>ER 1 Epée M13 + VETERAN</t>
+  </si>
+  <si>
     <t>02/11/2025</t>
   </si>
   <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
     <t>Val Europe</t>
   </si>
   <si>
+    <t>Le Havre</t>
+  </si>
+  <si>
+    <t>Oloron</t>
+  </si>
+  <si>
     <t>Vétérans 1</t>
   </si>
   <si>
     <t>Tireurs</t>
   </si>
   <si>
     <t>Coef.</t>
   </si>
   <si>
     <t>rang</t>
   </si>
   <si>
     <t>nom</t>
   </si>
   <si>
     <t>prénom</t>
   </si>
   <si>
     <t>caté.</t>
   </si>
   <si>
     <t>club</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>113</t>
+    <t>106</t>
   </si>
   <si>
     <t>1,5</t>
   </si>
   <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>2,0</t>
+  </si>
+  <si>
     <t>1</t>
   </si>
   <si>
+    <t>URIER</t>
+  </si>
+  <si>
+    <t>Alexandre</t>
+  </si>
+  <si>
+    <t>V1</t>
+  </si>
+  <si>
+    <t>SPUC PESSAC</t>
+  </si>
+  <si>
+    <t>37,16</t>
+  </si>
+  <si>
+    <t>26,19</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>10,97</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>DEFEVER</t>
+  </si>
+  <si>
+    <t>Boris</t>
+  </si>
+  <si>
+    <t>ANGLET SE</t>
+  </si>
+  <si>
+    <t>31,93</t>
+  </si>
+  <si>
+    <t>16,62</t>
+  </si>
+  <si>
+    <t>9,58</t>
+  </si>
+  <si>
+    <t>5,73</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
     <t>DONNEDIEU</t>
   </si>
   <si>
     <t>Henri Pierre</t>
   </si>
   <si>
-    <t>V1</t>
-[...1 lines deleted...]
-  <si>
     <t>PERIGUEUX EP</t>
   </si>
   <si>
-    <t>28,85</t>
-[...11 lines deleted...]
-    <t>3</t>
+    <t>4</t>
   </si>
   <si>
     <t>CHATRY</t>
   </si>
   <si>
     <t>Brice</t>
   </si>
   <si>
     <t>BOULAZAC</t>
   </si>
   <si>
-    <t>24,93</t>
-[...14 lines deleted...]
-    <t>18,79</t>
+    <t>22,47</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>CASTERA</t>
   </si>
   <si>
     <t>Pierre</t>
   </si>
   <si>
     <t>PAYS FOYEN</t>
   </si>
   <si>
-    <t>2,63</t>
+    <t>20,29</t>
+  </si>
+  <si>
+    <t>6,08</t>
+  </si>
+  <si>
+    <t>8,48</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>HUARD</t>
+  </si>
+  <si>
+    <t>Benoit</t>
+  </si>
+  <si>
+    <t>POITIERS</t>
+  </si>
+  <si>
+    <t>7,78</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>ORINE</t>
+  </si>
+  <si>
+    <t>PAU SECTION</t>
+  </si>
+  <si>
+    <t>7,66</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>MAAS</t>
+  </si>
+  <si>
+    <t>Jean-Paul</t>
+  </si>
+  <si>
+    <t>OLORON SM</t>
+  </si>
+  <si>
+    <t>3,30</t>
+  </si>
+  <si>
+    <t>BOURDONCLE</t>
+  </si>
+  <si>
+    <t>Matthieu</t>
+  </si>
+  <si>
+    <t>2,43</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>SIRAGUSA</t>
+  </si>
+  <si>
+    <t>Dario</t>
+  </si>
+  <si>
+    <t>1,70</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>DEREURE</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>ANGOULEME CE</t>
+  </si>
+  <si>
+    <t>1,06</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>MOREAU</t>
+  </si>
+  <si>
+    <t>Vincent</t>
+  </si>
+  <si>
+    <t>0,50</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF00008B" tint="0"/>
       <name val="Calibri"/>
     </font>
   </fonts>
-  <fills count="6">
+  <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF" tint="0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDEE0A5" tint="0"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFE7E8E8" tint="0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDDC5C1" tint="0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFECF2FD" tint="0"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000" tint="0"/>
       </left>
@@ -297,341 +446,736 @@
       </left>
       <right style="thick">
         <color rgb="FF000000" tint="0"/>
       </right>
       <top style="thin">
         <color rgb="FF000000" tint="0"/>
       </top>
       <bottom style="thick">
         <color rgb="FF000000" tint="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color rgb="FF000000" tint="0"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf fontId="0"/>
   </cellStyleXfs>
-  <cellXfs count="22">
+  <cellXfs count="27">
     <xf fontId="0" applyFont="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="3" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="4" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="5" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
+    <xf fontId="0" applyFont="1" fillId="6" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="2" applyBorder="1" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="3" applyBorder="1" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="3" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="4" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="5" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
-    <xf fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="4" applyBorder="1" xfId="0"/>
+    <xf fontId="0" applyFont="1" fillId="6" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
+    <xf fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
+    <xf fontId="0" applyFont="1" fillId="6" applyFill="1" borderId="4" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="5" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="3" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="4" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="5" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
-    <xf fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="7" applyBorder="1" xfId="0"/>
+    <xf fontId="0" applyFont="1" fillId="6" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
+    <xf fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
+    <xf fontId="0" applyFont="1" fillId="6" applyFill="1" borderId="7" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="8" applyBorder="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:L18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" bestFit="1" width="9.140625" customWidth="1"/>
-    <col min="2" max="2" bestFit="1" width="12.3195972442627" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="13.8337335586548" customWidth="1"/>
     <col min="3" max="3" bestFit="1" width="11.9625473022461" customWidth="1"/>
     <col min="4" max="4" bestFit="1" width="9.140625" customWidth="1"/>
-    <col min="5" max="5" bestFit="1" width="14.2572832107544" customWidth="1"/>
+    <col min="5" max="5" bestFit="1" width="15.7836971282959" customWidth="1"/>
     <col min="6" max="6" bestFit="1" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
-      <c r="G1" s="8" t="s">
+      <c r="G1" s="9" t="s">
         <v>1</v>
       </c>
-      <c r="H1" s="15"/>
+      <c r="H1" s="18"/>
+      <c r="I1" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="J1" s="18"/>
+      <c r="K1" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="L1" s="18"/>
     </row>
     <row r="2">
       <c r="A2" s="3"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
-      <c r="G2" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H2" s="16"/>
+      <c r="G2" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="H2" s="19"/>
+      <c r="I2" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="J2" s="19"/>
+      <c r="K2" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="L2" s="19"/>
     </row>
     <row r="3">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
-      <c r="G3" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H3" s="16"/>
+      <c r="G3" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="H3" s="19"/>
+      <c r="I3" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="J3" s="19"/>
+      <c r="K3" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="19"/>
     </row>
     <row r="4">
       <c r="A4" s="3"/>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
-      <c r="G4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H4" s="16"/>
+      <c r="G4" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="H4" s="19"/>
+      <c r="I4" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="19"/>
+      <c r="K4" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="L4" s="19"/>
     </row>
     <row r="5">
       <c r="A5" s="3"/>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
-      <c r="G5" s="10" t="s">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="G5" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="H5" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="I5" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="J5" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="K5" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="L5" s="19" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>12</v>
-[...5 lines deleted...]
-        <v>14</v>
+        <v>18</v>
+      </c>
+      <c r="G6" s="26" t="s">
+        <v>19</v>
+      </c>
+      <c r="H6" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="I6" s="26" t="s">
+        <v>21</v>
+      </c>
+      <c r="J6" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="K6" s="26" t="s">
+        <v>22</v>
+      </c>
+      <c r="L6" s="19" t="s">
+        <v>23</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="G7" s="11">
         <v>29</v>
       </c>
-      <c r="H7" s="17" t="s">
-        <v>20</v>
+      <c r="G7" s="12">
+        <v>29</v>
+      </c>
+      <c r="H7" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="I7" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="J7" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="K7" s="12">
+        <v>1</v>
+      </c>
+      <c r="L7" s="20" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="5" t="s">
-[...17 lines deleted...]
-      <c r="G8" s="11">
+      <c r="A8" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C8" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D8" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="E8" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F8" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="G8" s="13">
+        <v>47</v>
+      </c>
+      <c r="H8" s="21" t="s">
+        <v>38</v>
+      </c>
+      <c r="I8" s="13">
+        <v>38</v>
+      </c>
+      <c r="J8" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="K8" s="13">
+        <v>3</v>
+      </c>
+      <c r="L8" s="21" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="B9" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="G9" s="14">
         <v>29</v>
       </c>
-      <c r="H8" s="17" t="s">
-[...16 lines deleted...]
-      <c r="E9" s="6" t="s">
+      <c r="H9" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I9" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="J9" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="K9" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="L9" s="22" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C10" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D10" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="F9" s="6" t="s">
-[...2 lines deleted...]
-      <c r="G9" s="12">
+      <c r="E10" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F10" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="G10" s="15">
         <v>35</v>
       </c>
-      <c r="H9" s="18" t="s">
-[...26 lines deleted...]
-        <v>33</v>
+      <c r="H10" s="23" t="s">
+        <v>49</v>
+      </c>
+      <c r="I10" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="J10" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="K10" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="L10" s="23" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>54</v>
+      </c>
+      <c r="G11" s="16">
+        <v>80</v>
+      </c>
+      <c r="H11" s="24" t="s">
+        <v>55</v>
+      </c>
+      <c r="I11" s="16">
+        <v>41</v>
+      </c>
+      <c r="J11" s="24" t="s">
+        <v>56</v>
+      </c>
+      <c r="K11" s="16">
+        <v>3</v>
+      </c>
+      <c r="L11" s="24" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="B12" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E12" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="F12" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="G12" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="H12" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I12" s="15">
+        <v>43</v>
+      </c>
+      <c r="J12" s="23" t="s">
+        <v>61</v>
+      </c>
+      <c r="K12" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="L12" s="23" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="G13" s="16" t="s">
+        <v>31</v>
+      </c>
+      <c r="H13" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="I13" s="16" t="s">
+        <v>31</v>
+      </c>
+      <c r="J13" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="K13" s="16">
+        <v>2</v>
+      </c>
+      <c r="L13" s="24" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B14" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D14" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E14" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="F14" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="G14" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="H14" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I14" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="J14" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="K14" s="15">
+        <v>5</v>
+      </c>
+      <c r="L14" s="23" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="G15" s="16" t="s">
+        <v>31</v>
+      </c>
+      <c r="H15" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="I15" s="16" t="s">
+        <v>31</v>
+      </c>
+      <c r="J15" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="K15" s="16">
+        <v>6</v>
+      </c>
+      <c r="L15" s="24" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B16" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D16" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E16" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="F16" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="G16" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="H16" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I16" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="J16" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="K16" s="15">
+        <v>7</v>
+      </c>
+      <c r="L16" s="23" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="G17" s="16" t="s">
+        <v>31</v>
+      </c>
+      <c r="H17" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="I17" s="16" t="s">
+        <v>31</v>
+      </c>
+      <c r="J17" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="K17" s="16">
+        <v>8</v>
+      </c>
+      <c r="L17" s="24" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="B18" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="D18" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E18" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="F18" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="G18" s="17" t="s">
+        <v>31</v>
+      </c>
+      <c r="H18" s="25" t="s">
+        <v>31</v>
+      </c>
+      <c r="I18" s="17" t="s">
+        <v>31</v>
+      </c>
+      <c r="J18" s="25" t="s">
+        <v>31</v>
+      </c>
+      <c r="K18" s="17">
+        <v>9</v>
+      </c>
+      <c r="L18" s="25" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F5"/>
     <mergeCell ref="G1:H1"/>
     <mergeCell ref="G2:H2"/>
     <mergeCell ref="G3:H3"/>
     <mergeCell ref="G4:H4"/>
+    <mergeCell ref="I1:J1"/>
+    <mergeCell ref="I2:J2"/>
+    <mergeCell ref="I3:J3"/>
+    <mergeCell ref="I4:J4"/>
+    <mergeCell ref="K1:L1"/>
+    <mergeCell ref="K2:L2"/>
+    <mergeCell ref="K3:L3"/>
+    <mergeCell ref="K4:L4"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.25" top="0.25" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait"/>
   <headerFooter differentFirst="0" differentOddEven="1">
     <oddHeader>&amp;CEpée Hommes Vétérans 1 (EHV1) 2025-2026</oddHeader>
     <oddFooter>&amp;CEscrime Nouvelle-Aquitaine</oddFooter>
     <evenHeader>&amp;CEpée Hommes Vétérans 1 (EHV1) 2025-2026</evenHeader>
     <evenFooter>&amp;CEscrime Nouvelle-Aquitaine</evenFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>G. Texier</dc:creator>
   <dc:title>Calendrier Escrime Nouvelle-Aquitaine</dc:title>
   <dc:subject>Calendrier Escrime Nouvelle-Aquitaine</dc:subject>
-  <dc:description>Généré le 04/11/2025</dc:description>
+  <dc:description>Généré le 19/12/2025</dc:description>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
 </Properties>
 </file>