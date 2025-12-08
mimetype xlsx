--- v0 (2025-10-18)
+++ v1 (2025-12-08)
@@ -7,515 +7,644 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="FHM13" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="160">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="203" uniqueCount="203">
   <si>
     <t>Fleuret Hommes M13 (FHM13) 2025-2026</t>
   </si>
   <si>
     <t>ER 1 Fleuret M13 à Senior</t>
   </si>
   <si>
+    <t>ER 2 Fleuret + H2036 1/8 de finale M15 à Senior</t>
+  </si>
+  <si>
     <t>28/09/2025</t>
   </si>
   <si>
+    <t>23/11/2025</t>
+  </si>
+  <si>
     <t>Poitiers</t>
   </si>
   <si>
+    <t>La Rochelle</t>
+  </si>
+  <si>
     <t>M13</t>
   </si>
   <si>
     <t>M15</t>
   </si>
   <si>
     <t>Tireurs</t>
   </si>
   <si>
     <t>Coef.</t>
   </si>
   <si>
     <t>rang</t>
   </si>
   <si>
     <t>nom</t>
   </si>
   <si>
     <t>prénom</t>
   </si>
   <si>
     <t>caté.</t>
   </si>
   <si>
     <t>club</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>1,0</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>2,0</t>
+  </si>
+  <si>
     <t>1</t>
   </si>
   <si>
     <t>COMBAUD-BELAIR</t>
   </si>
   <si>
     <t>Gaspard</t>
   </si>
   <si>
     <t>POITIERS</t>
   </si>
   <si>
+    <t>58,23</t>
+  </si>
+  <si>
     <t>31,90</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
+    <t>26,33</t>
+  </si>
+  <si>
     <t>2</t>
   </si>
   <si>
     <t>CORBIN</t>
   </si>
   <si>
     <t>Antoine</t>
   </si>
   <si>
     <t>BORDEAUX EC</t>
   </si>
   <si>
+    <t>37,89</t>
+  </si>
+  <si>
     <t>23,25</t>
   </si>
   <si>
+    <t>14,64</t>
+  </si>
+  <si>
     <t>3</t>
   </si>
   <si>
+    <t>MERIC</t>
+  </si>
+  <si>
+    <t>Paul</t>
+  </si>
+  <si>
+    <t>21,03</t>
+  </si>
+  <si>
+    <t>11,12</t>
+  </si>
+  <si>
+    <t>9,91</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>HENTEA</t>
+  </si>
+  <si>
+    <t>Andrei</t>
+  </si>
+  <si>
+    <t>19,25</t>
+  </si>
+  <si>
+    <t>5,39</t>
+  </si>
+  <si>
+    <t>13,86</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
     <t>FIERRO-SIRE</t>
   </si>
   <si>
     <t>Theophile</t>
   </si>
   <si>
     <t>BERGERAC CAD</t>
   </si>
   <si>
     <t>17,79</t>
   </si>
   <si>
-    <t>4</t>
+    <t>6</t>
+  </si>
+  <si>
+    <t>PECSERI</t>
+  </si>
+  <si>
+    <t>Miksa</t>
+  </si>
+  <si>
+    <t>17,66</t>
+  </si>
+  <si>
+    <t>8,32</t>
+  </si>
+  <si>
+    <t>9,34</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>BELANGER</t>
+  </si>
+  <si>
+    <t>Joseph</t>
+  </si>
+  <si>
+    <t>16,40</t>
+  </si>
+  <si>
+    <t>9,60</t>
+  </si>
+  <si>
+    <t>6,80</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>GIRARD</t>
+  </si>
+  <si>
+    <t>Pacôme</t>
+  </si>
+  <si>
+    <t>LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>16,11</t>
+  </si>
+  <si>
+    <t>3,69</t>
+  </si>
+  <si>
+    <t>12,42</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>DIJOS</t>
+  </si>
+  <si>
+    <t>Charlie</t>
+  </si>
+  <si>
+    <t>13,79</t>
+  </si>
+  <si>
+    <t>9,15</t>
+  </si>
+  <si>
+    <t>4,65</t>
+  </si>
+  <si>
+    <t>10</t>
   </si>
   <si>
     <t>PAGLIAROLI</t>
   </si>
   <si>
     <t>Nathan</t>
   </si>
   <si>
     <t>M11</t>
   </si>
   <si>
     <t>ANGOULEME CE</t>
   </si>
   <si>
     <t>13,77</t>
   </si>
   <si>
-    <t>5</t>
+    <t>11</t>
+  </si>
+  <si>
+    <t>ABAUX</t>
+  </si>
+  <si>
+    <t>Ferdinand</t>
+  </si>
+  <si>
+    <t>MONTMORILLON</t>
+  </si>
+  <si>
+    <t>13,71</t>
+  </si>
+  <si>
+    <t>10,58</t>
+  </si>
+  <si>
+    <t>3,13</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>TAMARELLE</t>
+  </si>
+  <si>
+    <t>Alexandre</t>
+  </si>
+  <si>
+    <t>12,46</t>
+  </si>
+  <si>
+    <t>6,56</t>
+  </si>
+  <si>
+    <t>5,90</t>
+  </si>
+  <si>
+    <t>13</t>
   </si>
   <si>
     <t>PASCOUAU</t>
   </si>
   <si>
-    <t>Paul</t>
-[...1 lines deleted...]
-  <si>
     <t>MONT MARSAN</t>
   </si>
   <si>
     <t>12,34</t>
   </si>
   <si>
-    <t>6</t>
-[...59 lines deleted...]
-    <t>11</t>
+    <t>14</t>
+  </si>
+  <si>
+    <t>FRANCOISE</t>
+  </si>
+  <si>
+    <t>Arthur</t>
+  </si>
+  <si>
+    <t>10,43</t>
+  </si>
+  <si>
+    <t>2,67</t>
+  </si>
+  <si>
+    <t>7,77</t>
+  </si>
+  <si>
+    <t>15</t>
   </si>
   <si>
     <t>OSSART</t>
   </si>
   <si>
     <t>Tiago</t>
   </si>
   <si>
     <t>CHAUVIGNY</t>
   </si>
   <si>
     <t>7,22</t>
   </si>
   <si>
-    <t>12</t>
+    <t>16</t>
   </si>
   <si>
     <t>GARCIA</t>
   </si>
   <si>
     <t>Antonin</t>
   </si>
   <si>
     <t>6,75</t>
   </si>
   <si>
     <t>6,25</t>
   </si>
   <si>
     <t>0,50</t>
   </si>
   <si>
-    <t>13</t>
-[...14 lines deleted...]
-    <t>14</t>
+    <t>17</t>
   </si>
   <si>
     <t>VRIGNAUD</t>
   </si>
   <si>
     <t>Merlin</t>
   </si>
   <si>
     <t>5,67</t>
   </si>
   <si>
-    <t>15</t>
-[...11 lines deleted...]
-    <t>16</t>
+    <t>18</t>
   </si>
   <si>
     <t>GUERIN</t>
   </si>
   <si>
     <t>William</t>
   </si>
   <si>
     <t>5,13</t>
   </si>
   <si>
-    <t>17</t>
+    <t>19</t>
+  </si>
+  <si>
+    <t>CORNETTE LISOIS</t>
+  </si>
+  <si>
+    <t>Leonard</t>
+  </si>
+  <si>
+    <t>4,70</t>
+  </si>
+  <si>
+    <t>3,27</t>
+  </si>
+  <si>
+    <t>1,43</t>
+  </si>
+  <si>
+    <t>20</t>
   </si>
   <si>
     <t>BRUN</t>
   </si>
   <si>
     <t>Camille</t>
   </si>
   <si>
     <t>LIMOGES CE</t>
   </si>
   <si>
     <t>4,62</t>
   </si>
   <si>
-    <t>18</t>
+    <t>21</t>
   </si>
   <si>
     <t>BOTTA</t>
   </si>
   <si>
     <t>Elouan</t>
   </si>
   <si>
     <t>MERIGNAC SE</t>
   </si>
   <si>
     <t>3,91</t>
   </si>
   <si>
-    <t>19</t>
-[...11 lines deleted...]
-    <t>20</t>
+    <t>22</t>
   </si>
   <si>
     <t>LOUIS-CANDUSSO</t>
   </si>
   <si>
     <t>Thomas</t>
   </si>
   <si>
     <t>3,48</t>
   </si>
   <si>
-    <t>21</t>
-[...11 lines deleted...]
-    <t>22</t>
+    <t>23</t>
   </si>
   <si>
     <t>TAIX FREMAUX</t>
   </si>
   <si>
     <t>Grégoire</t>
   </si>
   <si>
     <t>2,86</t>
   </si>
   <si>
-    <t>23</t>
-[...10 lines deleted...]
-  <si>
     <t>24</t>
   </si>
   <si>
+    <t>ALLARY</t>
+  </si>
+  <si>
+    <t>Marlon</t>
+  </si>
+  <si>
+    <t>2,43</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
     <t>ROUSSE</t>
   </si>
   <si>
     <t>Noah</t>
   </si>
   <si>
     <t>2,29</t>
   </si>
   <si>
-    <t>25</t>
+    <t>26</t>
+  </si>
+  <si>
+    <t>DEVERA</t>
+  </si>
+  <si>
+    <t>Mateo</t>
+  </si>
+  <si>
+    <t>2,23</t>
+  </si>
+  <si>
+    <t>0,80</t>
+  </si>
+  <si>
+    <t>27</t>
   </si>
   <si>
     <t>BOURDIOL-PATIN</t>
   </si>
   <si>
     <t>Tom</t>
   </si>
   <si>
     <t>2,11</t>
   </si>
   <si>
-    <t>26</t>
+    <t>28</t>
+  </si>
+  <si>
+    <t>PIEUCHOT</t>
+  </si>
+  <si>
+    <t>Yonas</t>
+  </si>
+  <si>
+    <t>ROC ESCRIME</t>
+  </si>
+  <si>
+    <t>2,09</t>
+  </si>
+  <si>
+    <t>29</t>
   </si>
   <si>
     <t>BOUIGEON</t>
   </si>
   <si>
     <t>1,76</t>
   </si>
   <si>
-    <t>27</t>
+    <t>30</t>
+  </si>
+  <si>
+    <t>MILAN</t>
+  </si>
+  <si>
+    <t>Leo</t>
+  </si>
+  <si>
+    <t>1,75</t>
+  </si>
+  <si>
+    <t>31</t>
   </si>
   <si>
     <t>GUAY</t>
   </si>
   <si>
     <t>Louison</t>
   </si>
   <si>
     <t>COGNAC EPEE</t>
   </si>
   <si>
     <t>1,59</t>
   </si>
   <si>
-    <t>28</t>
-[...11 lines deleted...]
-    <t>29</t>
+    <t>32</t>
   </si>
   <si>
     <t>DESBORDES LAGARDE</t>
   </si>
   <si>
     <t>Gabriel</t>
   </si>
   <si>
     <t>1,26</t>
   </si>
   <si>
-    <t>30</t>
+    <t>33</t>
   </si>
   <si>
     <t>BRISSON</t>
   </si>
   <si>
     <t>Emile</t>
   </si>
   <si>
     <t>1,11</t>
   </si>
   <si>
-    <t>31</t>
+    <t>34</t>
   </si>
   <si>
     <t>VINCLET</t>
   </si>
   <si>
     <t>Edward</t>
   </si>
   <si>
     <t>0,95</t>
   </si>
   <si>
-    <t>32</t>
+    <t>35</t>
   </si>
   <si>
     <t>GAUWIN</t>
   </si>
   <si>
     <t>Adam</t>
   </si>
   <si>
     <t>0,65</t>
   </si>
   <si>
     <t>GARRAS</t>
   </si>
   <si>
     <t>Naïm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
@@ -689,1280 +818,1624 @@
   </cellStyleXfs>
   <cellXfs count="27">
     <xf fontId="0" applyFont="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="3" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="4" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="5" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="6" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="2" applyBorder="1" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="3" applyBorder="1" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="3" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="4" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="5" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="6" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
-    <xf fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="4" applyBorder="1" xfId="0"/>
+    <xf fontId="0" applyFont="1" fillId="6" applyFill="1" borderId="4" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="5" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="3" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="4" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="5" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="6" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
-    <xf fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="7" applyBorder="1" xfId="0"/>
+    <xf fontId="0" applyFont="1" fillId="6" applyFill="1" borderId="7" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="8" applyBorder="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J39"/>
+  <dimension ref="A1:L42"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" bestFit="1" width="9.140625" customWidth="1"/>
     <col min="2" max="2" bestFit="1" width="20.7414703369141" customWidth="1"/>
     <col min="3" max="3" bestFit="1" width="10.2929048538208" customWidth="1"/>
     <col min="4" max="4" bestFit="1" width="9.140625" customWidth="1"/>
     <col min="5" max="5" bestFit="1" width="16.7597007751465" customWidth="1"/>
     <col min="6" max="6" bestFit="1" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="9" t="s">
         <v>1</v>
       </c>
       <c r="H1" s="18"/>
       <c r="I1" s="9" t="s">
         <v>1</v>
       </c>
       <c r="J1" s="18"/>
+      <c r="K1" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="L1" s="18"/>
     </row>
     <row r="2">
       <c r="A2" s="3"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="10" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H2" s="19"/>
       <c r="I2" s="10" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J2" s="19"/>
+      <c r="K2" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="L2" s="19"/>
     </row>
     <row r="3">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="10" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H3" s="19"/>
       <c r="I3" s="10" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="J3" s="19"/>
+      <c r="K3" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="L3" s="19"/>
     </row>
     <row r="4">
       <c r="A4" s="3"/>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="10" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="H4" s="19"/>
       <c r="I4" s="10" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="J4" s="19"/>
+      <c r="K4" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="L4" s="19"/>
     </row>
     <row r="5">
       <c r="A5" s="3"/>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="11" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="H5" s="19" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="I5" s="11" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="J5" s="19" t="s">
-        <v>7</v>
+        <v>10</v>
+      </c>
+      <c r="K5" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="L5" s="19" t="s">
+        <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G6" s="26" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H6" s="19" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="I6" s="26" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="J6" s="19" t="s">
-        <v>15</v>
+        <v>18</v>
+      </c>
+      <c r="K6" s="26" t="s">
+        <v>20</v>
+      </c>
+      <c r="L6" s="19" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="G7" s="12">
         <v>1</v>
       </c>
       <c r="H7" s="20" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="I7" s="12" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J7" s="20" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K7" s="12">
+        <v>8</v>
+      </c>
+      <c r="L7" s="20" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="G8" s="13">
         <v>3</v>
       </c>
       <c r="H8" s="21" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="I8" s="13" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J8" s="21" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K8" s="13">
+        <v>18</v>
+      </c>
+      <c r="L8" s="21" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="7" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="B9" s="7" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E9" s="7" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="F9" s="7" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="G9" s="14">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="H9" s="22" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="I9" s="14" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J9" s="22" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K9" s="14">
+        <v>25</v>
+      </c>
+      <c r="L9" s="22" t="s">
+        <v>42</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="E10" s="8" t="s">
         <v>33</v>
       </c>
-      <c r="B10" s="8" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F10" s="8" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="G10" s="15">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="H10" s="23" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="I10" s="15" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J10" s="23" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K10" s="15">
+        <v>19</v>
+      </c>
+      <c r="L10" s="23" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="G11" s="16">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="H11" s="24" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="I11" s="16" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J11" s="24" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K11" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="L11" s="24" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="8" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="B12" s="8" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="C12" s="8" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="D12" s="8" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E12" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F12" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="G12" s="15">
         <v>20</v>
       </c>
-      <c r="F12" s="8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H12" s="23" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="I12" s="15" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J12" s="23" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K12" s="15">
+        <v>26</v>
+      </c>
+      <c r="L12" s="23" t="s">
+        <v>59</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="s">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="G13" s="16">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="H13" s="24" t="s">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="I13" s="16" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J13" s="24" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K13" s="16">
+        <v>31</v>
+      </c>
+      <c r="L13" s="24" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="8" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="B14" s="8" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="C14" s="8" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E14" s="8" t="s">
-        <v>26</v>
+        <v>69</v>
       </c>
       <c r="F14" s="8" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="G14" s="15">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="H14" s="23" t="s">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="I14" s="15" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J14" s="23" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K14" s="15">
+        <v>21</v>
+      </c>
+      <c r="L14" s="23" t="s">
+        <v>72</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>56</v>
+        <v>73</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>57</v>
+        <v>74</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>58</v>
+        <v>75</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>59</v>
+        <v>76</v>
       </c>
       <c r="G15" s="16">
         <v>18</v>
       </c>
       <c r="H15" s="24" t="s">
-        <v>59</v>
+        <v>77</v>
       </c>
       <c r="I15" s="16" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J15" s="24" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K15" s="16">
+        <v>36</v>
+      </c>
+      <c r="L15" s="24" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="8" t="s">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="B16" s="8" t="s">
-        <v>61</v>
+        <v>80</v>
       </c>
       <c r="C16" s="8" t="s">
-        <v>62</v>
+        <v>81</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>4</v>
+        <v>82</v>
       </c>
       <c r="E16" s="8" t="s">
-        <v>20</v>
+        <v>83</v>
       </c>
       <c r="F16" s="8" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="G16" s="15">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H16" s="23" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="I16" s="15" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J16" s="23" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K16" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="L16" s="23" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>67</v>
+        <v>88</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>68</v>
+        <v>89</v>
       </c>
       <c r="G17" s="16">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="H17" s="24" t="s">
-        <v>68</v>
+        <v>90</v>
       </c>
       <c r="I17" s="16" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J17" s="24" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K17" s="16">
+        <v>40</v>
+      </c>
+      <c r="L17" s="24" t="s">
+        <v>91</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="B18" s="8" t="s">
+        <v>93</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="D18" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="E18" s="8" t="s">
         <v>69</v>
       </c>
-      <c r="B18" s="8" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F18" s="8" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="G18" s="15">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H18" s="23" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>96</v>
+      </c>
+      <c r="I18" s="15" t="s">
+        <v>28</v>
       </c>
       <c r="J18" s="23" t="s">
-        <v>74</v>
+        <v>28</v>
+      </c>
+      <c r="K18" s="15">
+        <v>33</v>
+      </c>
+      <c r="L18" s="23" t="s">
+        <v>97</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="s">
-        <v>75</v>
+        <v>98</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>76</v>
+        <v>99</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>78</v>
+        <v>100</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>79</v>
+        <v>101</v>
       </c>
       <c r="G19" s="16">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="H19" s="24" t="s">
-        <v>79</v>
+        <v>101</v>
       </c>
       <c r="I19" s="16" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J19" s="24" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K19" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="L19" s="24" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="8" t="s">
-        <v>80</v>
+        <v>102</v>
       </c>
       <c r="B20" s="8" t="s">
-        <v>81</v>
+        <v>103</v>
       </c>
       <c r="C20" s="8" t="s">
-        <v>82</v>
+        <v>104</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E20" s="8" t="s">
-        <v>20</v>
+        <v>83</v>
       </c>
       <c r="F20" s="8" t="s">
-        <v>83</v>
+        <v>105</v>
       </c>
       <c r="G20" s="15">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="H20" s="23" t="s">
-        <v>83</v>
+        <v>106</v>
       </c>
       <c r="I20" s="15" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J20" s="23" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K20" s="15">
+        <v>29</v>
+      </c>
+      <c r="L20" s="23" t="s">
+        <v>107</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="s">
-        <v>84</v>
+        <v>108</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>85</v>
+        <v>109</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>86</v>
+        <v>110</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>87</v>
+        <v>112</v>
       </c>
       <c r="G21" s="16">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="H21" s="24" t="s">
-        <v>87</v>
+        <v>112</v>
       </c>
       <c r="I21" s="16" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J21" s="24" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K21" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="L21" s="24" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="8" t="s">
-        <v>88</v>
+        <v>113</v>
       </c>
       <c r="B22" s="8" t="s">
-        <v>89</v>
+        <v>114</v>
       </c>
       <c r="C22" s="8" t="s">
-        <v>90</v>
+        <v>115</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E22" s="8" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="F22" s="8" t="s">
-        <v>91</v>
+        <v>116</v>
       </c>
       <c r="G22" s="15">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H22" s="23" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>117</v>
+      </c>
+      <c r="I22" s="15">
+        <v>53</v>
       </c>
       <c r="J22" s="23" t="s">
-        <v>22</v>
+        <v>118</v>
+      </c>
+      <c r="K22" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="L22" s="23" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="s">
-        <v>92</v>
+        <v>119</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>93</v>
+        <v>120</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>94</v>
+        <v>121</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>95</v>
+        <v>25</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>96</v>
+        <v>122</v>
       </c>
       <c r="G23" s="16">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="H23" s="24" t="s">
-        <v>96</v>
+        <v>122</v>
       </c>
       <c r="I23" s="16" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J23" s="24" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K23" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="L23" s="24" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="8" t="s">
-        <v>97</v>
+        <v>123</v>
       </c>
       <c r="B24" s="8" t="s">
-        <v>98</v>
+        <v>124</v>
       </c>
       <c r="C24" s="8" t="s">
-        <v>99</v>
+        <v>125</v>
       </c>
       <c r="D24" s="8" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E24" s="8" t="s">
-        <v>100</v>
+        <v>52</v>
       </c>
       <c r="F24" s="8" t="s">
-        <v>101</v>
+        <v>126</v>
       </c>
       <c r="G24" s="15">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="H24" s="23" t="s">
-        <v>101</v>
+        <v>126</v>
       </c>
       <c r="I24" s="15" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J24" s="23" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K24" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="L24" s="23" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="s">
-        <v>102</v>
+        <v>127</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>103</v>
+        <v>128</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>104</v>
+        <v>129</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>78</v>
+        <v>33</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>105</v>
+        <v>130</v>
       </c>
       <c r="G25" s="16">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="H25" s="24" t="s">
-        <v>105</v>
+        <v>131</v>
       </c>
       <c r="I25" s="16" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J25" s="24" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K25" s="16">
+        <v>45</v>
+      </c>
+      <c r="L25" s="24" t="s">
+        <v>132</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="8" t="s">
-        <v>106</v>
+        <v>133</v>
       </c>
       <c r="B26" s="8" t="s">
-        <v>107</v>
+        <v>134</v>
       </c>
       <c r="C26" s="8" t="s">
-        <v>108</v>
+        <v>135</v>
       </c>
       <c r="D26" s="8" t="s">
-        <v>36</v>
+        <v>7</v>
       </c>
       <c r="E26" s="8" t="s">
-        <v>20</v>
+        <v>136</v>
       </c>
       <c r="F26" s="8" t="s">
-        <v>109</v>
+        <v>137</v>
       </c>
       <c r="G26" s="15">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="H26" s="23" t="s">
-        <v>109</v>
+        <v>137</v>
       </c>
       <c r="I26" s="15" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J26" s="23" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K26" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="L26" s="23" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="s">
-        <v>110</v>
+        <v>138</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>111</v>
+        <v>139</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>112</v>
+        <v>140</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>26</v>
+        <v>141</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>113</v>
+        <v>142</v>
       </c>
       <c r="G27" s="16">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="H27" s="24" t="s">
-        <v>113</v>
+        <v>142</v>
       </c>
       <c r="I27" s="16" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J27" s="24" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K27" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="L27" s="24" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="8" t="s">
-        <v>114</v>
+        <v>143</v>
       </c>
       <c r="B28" s="8" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="C28" s="8" t="s">
-        <v>116</v>
+        <v>145</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>4</v>
+        <v>82</v>
       </c>
       <c r="E28" s="8" t="s">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="F28" s="8" t="s">
-        <v>117</v>
+        <v>146</v>
       </c>
       <c r="G28" s="15">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="H28" s="23" t="s">
-        <v>117</v>
+        <v>146</v>
       </c>
       <c r="I28" s="15" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J28" s="23" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K28" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="L28" s="23" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="s">
-        <v>118</v>
+        <v>147</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>119</v>
+        <v>148</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>120</v>
+        <v>149</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>37</v>
+        <v>141</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>121</v>
+        <v>150</v>
       </c>
       <c r="G29" s="16">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="H29" s="24" t="s">
-        <v>121</v>
+        <v>150</v>
       </c>
       <c r="I29" s="16" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J29" s="24" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K29" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="L29" s="24" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="8" t="s">
-        <v>122</v>
+        <v>151</v>
       </c>
       <c r="B30" s="8" t="s">
-        <v>123</v>
+        <v>152</v>
       </c>
       <c r="C30" s="8" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>36</v>
+        <v>7</v>
       </c>
       <c r="E30" s="8" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="F30" s="8" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>154</v>
+      </c>
+      <c r="G30" s="15" t="s">
+        <v>28</v>
       </c>
       <c r="H30" s="23" t="s">
-        <v>125</v>
+        <v>28</v>
       </c>
       <c r="I30" s="15" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J30" s="23" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K30" s="15">
+        <v>42</v>
+      </c>
+      <c r="L30" s="23" t="s">
+        <v>154</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="s">
-        <v>126</v>
+        <v>155</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>127</v>
+        <v>156</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>4</v>
+        <v>82</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>37</v>
+        <v>69</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="G31" s="16">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="H31" s="24" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="I31" s="16" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J31" s="24" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K31" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="L31" s="24" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="8" t="s">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>131</v>
+        <v>160</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>116</v>
+        <v>161</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E32" s="8" t="s">
-        <v>50</v>
+        <v>69</v>
       </c>
       <c r="F32" s="8" t="s">
-        <v>132</v>
+        <v>162</v>
       </c>
       <c r="G32" s="15">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="H32" s="23" t="s">
         <v>132</v>
       </c>
       <c r="I32" s="15" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J32" s="23" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K32" s="15">
+        <v>47</v>
+      </c>
+      <c r="L32" s="23" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="s">
-        <v>133</v>
+        <v>164</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>134</v>
+        <v>165</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>135</v>
+        <v>166</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>36</v>
+        <v>7</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>136</v>
+        <v>83</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>137</v>
+        <v>167</v>
       </c>
       <c r="G33" s="16">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="H33" s="24" t="s">
-        <v>137</v>
+        <v>167</v>
       </c>
       <c r="I33" s="16" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J33" s="24" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K33" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="L33" s="24" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="8" t="s">
-        <v>138</v>
+        <v>168</v>
       </c>
       <c r="B34" s="8" t="s">
-        <v>139</v>
+        <v>169</v>
       </c>
       <c r="C34" s="8" t="s">
-        <v>140</v>
+        <v>170</v>
       </c>
       <c r="D34" s="8" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E34" s="8" t="s">
-        <v>78</v>
+        <v>171</v>
       </c>
       <c r="F34" s="8" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>172</v>
+      </c>
+      <c r="G34" s="15" t="s">
+        <v>28</v>
       </c>
       <c r="H34" s="23" t="s">
-        <v>141</v>
+        <v>28</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J34" s="23" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K34" s="15">
+        <v>43</v>
+      </c>
+      <c r="L34" s="23" t="s">
+        <v>172</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="s">
-        <v>142</v>
+        <v>173</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>143</v>
+        <v>174</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>145</v>
+        <v>175</v>
       </c>
       <c r="G35" s="16">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="H35" s="24" t="s">
-        <v>145</v>
+        <v>175</v>
       </c>
       <c r="I35" s="16" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J35" s="24" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K35" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="L35" s="24" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="8" t="s">
-        <v>146</v>
+        <v>176</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>147</v>
+        <v>177</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>148</v>
+        <v>178</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>36</v>
+        <v>7</v>
       </c>
       <c r="E36" s="8" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="F36" s="8" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>179</v>
+      </c>
+      <c r="G36" s="15" t="s">
+        <v>28</v>
       </c>
       <c r="H36" s="23" t="s">
-        <v>149</v>
+        <v>28</v>
       </c>
       <c r="I36" s="15" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J36" s="23" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K36" s="15">
+        <v>44</v>
+      </c>
+      <c r="L36" s="23" t="s">
+        <v>179</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="s">
-        <v>150</v>
+        <v>180</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>151</v>
+        <v>181</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>152</v>
+        <v>182</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>4</v>
+        <v>82</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>136</v>
+        <v>183</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>153</v>
+        <v>184</v>
       </c>
       <c r="G37" s="16">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H37" s="24" t="s">
-        <v>153</v>
+        <v>184</v>
       </c>
       <c r="I37" s="16" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J37" s="24" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K37" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="L37" s="24" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="8" t="s">
-        <v>154</v>
+        <v>185</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>155</v>
+        <v>186</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>156</v>
+        <v>187</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E38" s="8" t="s">
-        <v>100</v>
+        <v>136</v>
       </c>
       <c r="F38" s="8" t="s">
-        <v>157</v>
+        <v>188</v>
       </c>
       <c r="G38" s="15">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="H38" s="23" t="s">
-        <v>157</v>
+        <v>188</v>
       </c>
       <c r="I38" s="15" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J38" s="23" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="K38" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="L38" s="23" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="s">
-        <v>154</v>
+        <v>189</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>158</v>
+        <v>190</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>159</v>
+        <v>191</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>4</v>
+        <v>82</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>20</v>
+        <v>183</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="G39" s="17">
+        <v>192</v>
+      </c>
+      <c r="G39" s="16">
+        <v>50</v>
+      </c>
+      <c r="H39" s="24" t="s">
+        <v>192</v>
+      </c>
+      <c r="I39" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="J39" s="24" t="s">
+        <v>28</v>
+      </c>
+      <c r="K39" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="L39" s="24" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="8" t="s">
+        <v>193</v>
+      </c>
+      <c r="B40" s="8" t="s">
+        <v>194</v>
+      </c>
+      <c r="C40" s="8" t="s">
+        <v>195</v>
+      </c>
+      <c r="D40" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="E40" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="F40" s="8" t="s">
+        <v>196</v>
+      </c>
+      <c r="G40" s="15">
+        <v>51</v>
+      </c>
+      <c r="H40" s="23" t="s">
+        <v>196</v>
+      </c>
+      <c r="I40" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="J40" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="K40" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="L40" s="23" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="G41" s="16">
         <v>53</v>
       </c>
-      <c r="H39" s="25" t="s">
-[...6 lines deleted...]
-        <v>22</v>
+      <c r="H41" s="24" t="s">
+        <v>200</v>
+      </c>
+      <c r="I41" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="J41" s="24" t="s">
+        <v>28</v>
+      </c>
+      <c r="K41" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="L41" s="24" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="B42" s="8" t="s">
+        <v>201</v>
+      </c>
+      <c r="C42" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="D42" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="E42" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F42" s="8" t="s">
+        <v>200</v>
+      </c>
+      <c r="G42" s="17">
+        <v>53</v>
+      </c>
+      <c r="H42" s="25" t="s">
+        <v>200</v>
+      </c>
+      <c r="I42" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="J42" s="25" t="s">
+        <v>28</v>
+      </c>
+      <c r="K42" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="L42" s="25" t="s">
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F5"/>
     <mergeCell ref="G1:H1"/>
     <mergeCell ref="G2:H2"/>
     <mergeCell ref="G3:H3"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I1:J1"/>
     <mergeCell ref="I2:J2"/>
     <mergeCell ref="I3:J3"/>
     <mergeCell ref="I4:J4"/>
+    <mergeCell ref="K1:L1"/>
+    <mergeCell ref="K2:L2"/>
+    <mergeCell ref="K3:L3"/>
+    <mergeCell ref="K4:L4"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.25" top="0.25" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait"/>
   <headerFooter differentFirst="0" differentOddEven="1">
     <oddHeader>&amp;CFleuret Hommes M13 (FHM13) 2025-2026</oddHeader>
     <oddFooter>&amp;CEscrime Nouvelle-Aquitaine</oddFooter>
     <evenHeader>&amp;CFleuret Hommes M13 (FHM13) 2025-2026</evenHeader>
     <evenFooter>&amp;CEscrime Nouvelle-Aquitaine</evenFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>G. Texier</dc:creator>
   <dc:title>Calendrier Escrime Nouvelle-Aquitaine</dc:title>
   <dc:subject>Calendrier Escrime Nouvelle-Aquitaine</dc:subject>
-  <dc:description>Généré le 18/10/2025</dc:description>
+  <dc:description>Généré le 08/12/2025</dc:description>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
 </Properties>
 </file>