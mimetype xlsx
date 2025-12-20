--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -7,542 +7,779 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="FHS" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="164" uniqueCount="164">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="243" uniqueCount="243">
   <si>
     <t>Fleuret Hommes Séniors (FHS) 2025-2026</t>
   </si>
   <si>
     <t>ER 1 Fleuret M13 à Senior</t>
   </si>
   <si>
     <t xml:space="preserve">EN 1 Fleuret Senior </t>
   </si>
   <si>
     <t>EN 2 Senior + EN 1 M17/M20 Fleuret</t>
   </si>
   <si>
+    <t>EN 3 Fleuret Senior</t>
+  </si>
+  <si>
+    <t>ER Titans</t>
+  </si>
+  <si>
+    <t>ER 2 Fleuret + H2036 1/8 de finale M15 à Senior</t>
+  </si>
+  <si>
+    <t>ER 3 Fleuret M13 à Senior</t>
+  </si>
+  <si>
     <t>28/09/2025</t>
   </si>
   <si>
     <t>05/10/2025</t>
   </si>
   <si>
     <t>19/10/2025</t>
   </si>
   <si>
+    <t>16/11/2025</t>
+  </si>
+  <si>
+    <t>22/11/2025</t>
+  </si>
+  <si>
+    <t>23/11/2025</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
     <t>Poitiers</t>
   </si>
   <si>
     <t>Antony</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
+    <t>Bourg-les-Valence</t>
+  </si>
+  <si>
+    <t>Nantes</t>
+  </si>
+  <si>
+    <t>La Rochelle</t>
+  </si>
+  <si>
+    <t>Bordeaux</t>
+  </si>
+  <si>
     <t>Séniors</t>
   </si>
   <si>
     <t>Tireurs</t>
   </si>
   <si>
     <t>Coef.</t>
   </si>
   <si>
     <t>rang</t>
   </si>
   <si>
     <t>nom</t>
   </si>
   <si>
     <t>prénom</t>
   </si>
   <si>
     <t>caté.</t>
   </si>
   <si>
     <t>club</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>1,0</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>2,0</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
     <t>1</t>
   </si>
   <si>
     <t>GAUTIER-LOFTUS</t>
   </si>
   <si>
     <t>Léon</t>
   </si>
   <si>
     <t>M20</t>
   </si>
   <si>
     <t>BORDEAUX EC</t>
   </si>
   <si>
-    <t>173,89</t>
+    <t>196,00</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>41,89</t>
   </si>
   <si>
     <t>132,00</t>
   </si>
   <si>
+    <t>18,79</t>
+  </si>
+  <si>
+    <t>3,32</t>
+  </si>
+  <si>
     <t>2</t>
   </si>
   <si>
+    <t>DUTRIPON</t>
+  </si>
+  <si>
+    <t>Gabin</t>
+  </si>
+  <si>
+    <t>POITIERS</t>
+  </si>
+  <si>
+    <t>182,96</t>
+  </si>
+  <si>
+    <t>8,24</t>
+  </si>
+  <si>
+    <t>27,18</t>
+  </si>
+  <si>
+    <t>47,34</t>
+  </si>
+  <si>
+    <t>93,21</t>
+  </si>
+  <si>
+    <t>6,99</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
     <t>TEXIER</t>
   </si>
   <si>
     <t>Luka</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
-    <t>POITIERS</t>
-[...2 lines deleted...]
-    <t>135,95</t>
+    <t>153,22</t>
   </si>
   <si>
     <t>15,20</t>
   </si>
   <si>
     <t>32,51</t>
   </si>
   <si>
     <t>88,23</t>
   </si>
   <si>
-    <t>3</t>
-[...17 lines deleted...]
-    <t>47,34</t>
+    <t>9,22</t>
+  </si>
+  <si>
+    <t>8,06</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>BAZET-GERMIER</t>
   </si>
   <si>
     <t>Samuel</t>
   </si>
   <si>
     <t>LA ROCHELLE</t>
   </si>
   <si>
-    <t>78,74</t>
+    <t>97,13</t>
   </si>
   <si>
     <t>4,60</t>
   </si>
   <si>
     <t>20,16</t>
   </si>
   <si>
     <t>53,98</t>
   </si>
   <si>
+    <t>16,25</t>
+  </si>
+  <si>
+    <t>2,15</t>
+  </si>
+  <si>
     <t>5</t>
   </si>
   <si>
+    <t>ETCHELECU</t>
+  </si>
+  <si>
+    <t>Mattin</t>
+  </si>
+  <si>
+    <t>94,53</t>
+  </si>
+  <si>
+    <t>6,54</t>
+  </si>
+  <si>
+    <t>24,98</t>
+  </si>
+  <si>
+    <t>32,83</t>
+  </si>
+  <si>
+    <t>25,36</t>
+  </si>
+  <si>
+    <t>4,82</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
     <t>ANDRE LELOUP</t>
   </si>
   <si>
     <t>Vigo</t>
   </si>
   <si>
-    <t>65,99</t>
+    <t>88,32</t>
   </si>
   <si>
     <t>33,57</t>
   </si>
   <si>
     <t>32,42</t>
   </si>
   <si>
-    <t>6</t>
-[...17 lines deleted...]
-    <t>32,83</t>
+    <t>22,34</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
+    <t>COMBAUD-BELAIR</t>
+  </si>
+  <si>
+    <t>Noah</t>
+  </si>
+  <si>
+    <t>80,13</t>
+  </si>
+  <si>
+    <t>6,18</t>
+  </si>
+  <si>
+    <t>8,81</t>
+  </si>
+  <si>
+    <t>22,02</t>
+  </si>
+  <si>
+    <t>42,14</t>
+  </si>
+  <si>
+    <t>0,99</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
     <t>BOUTHILLIER-MOUZIN</t>
   </si>
   <si>
     <t>Côme</t>
   </si>
   <si>
-    <t>56,36</t>
+    <t>74,04</t>
   </si>
   <si>
     <t>5,83</t>
   </si>
   <si>
     <t>14,23</t>
   </si>
   <si>
     <t>36,30</t>
   </si>
   <si>
-    <t>8</t>
+    <t>17,68</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>BERISSON</t>
+  </si>
+  <si>
+    <t>Nathan</t>
+  </si>
+  <si>
+    <t>73,15</t>
+  </si>
+  <si>
+    <t>13,97</t>
+  </si>
+  <si>
+    <t>13,27</t>
+  </si>
+  <si>
+    <t>14,30</t>
+  </si>
+  <si>
+    <t>28,16</t>
+  </si>
+  <si>
+    <t>3,45</t>
+  </si>
+  <si>
+    <t>10</t>
   </si>
   <si>
     <t>MURILLO DIAZ</t>
   </si>
   <si>
     <t>Jorge Eduardo</t>
   </si>
   <si>
-    <t>47,90</t>
+    <t>52,48</t>
   </si>
   <si>
     <t>12,93</t>
   </si>
   <si>
     <t>34,97</t>
   </si>
   <si>
-    <t>9</t>
-[...38 lines deleted...]
-    <t>22,02</t>
+    <t>1,81</t>
+  </si>
+  <si>
+    <t>2,78</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>CHEVRY</t>
   </si>
   <si>
     <t>Enzo</t>
   </si>
   <si>
-    <t>34,59</t>
+    <t>36,52</t>
   </si>
   <si>
     <t>3,80</t>
   </si>
   <si>
     <t>30,79</t>
   </si>
   <si>
+    <t>1,93</t>
+  </si>
+  <si>
     <t>12</t>
   </si>
   <si>
     <t>NOVARIN</t>
   </si>
   <si>
     <t>Antoine</t>
   </si>
   <si>
-    <t>29,28</t>
-[...1 lines deleted...]
-  <si>
     <t>9,87</t>
   </si>
   <si>
     <t>19,41</t>
   </si>
   <si>
-    <t>13</t>
+    <t>1,22</t>
+  </si>
+  <si>
+    <t>6,02</t>
+  </si>
+  <si>
+    <t>PRADEILLES</t>
+  </si>
+  <si>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>18,69</t>
+  </si>
+  <si>
+    <t>6,43</t>
+  </si>
+  <si>
+    <t>8,95</t>
+  </si>
+  <si>
+    <t>14</t>
   </si>
   <si>
     <t>MAIN</t>
   </si>
   <si>
     <t>COGNAC EPEE</t>
   </si>
   <si>
     <t>16,64</t>
   </si>
   <si>
-    <t>14</t>
-[...1 lines deleted...]
-  <si>
     <t>QUINTON</t>
   </si>
   <si>
     <t>Eliott</t>
   </si>
   <si>
     <t>11,83</t>
   </si>
   <si>
     <t>5,50</t>
   </si>
   <si>
     <t>4,30</t>
   </si>
   <si>
     <t>2,03</t>
   </si>
   <si>
-    <t>15</t>
-[...19 lines deleted...]
-  <si>
     <t>BURNET</t>
   </si>
   <si>
     <t>Sébastien</t>
   </si>
   <si>
-    <t>9,31</t>
+    <t>11,74</t>
   </si>
   <si>
     <t>0,66</t>
   </si>
   <si>
     <t>8,66</t>
   </si>
   <si>
+    <t>2,43</t>
+  </si>
+  <si>
     <t>17</t>
   </si>
   <si>
     <t>KAUFFMANN</t>
   </si>
   <si>
     <t>Alexandre</t>
   </si>
   <si>
     <t>V1</t>
   </si>
   <si>
+    <t>8,92</t>
+  </si>
+  <si>
     <t>4,89</t>
   </si>
   <si>
+    <t>4,04</t>
+  </si>
+  <si>
     <t>18</t>
   </si>
   <si>
+    <t>MOINE</t>
+  </si>
+  <si>
+    <t>Jeremy</t>
+  </si>
+  <si>
+    <t>5,68</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>BELANGER</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
     <t>SIMON</t>
   </si>
   <si>
     <t>Raphaël</t>
   </si>
   <si>
     <t>3,81</t>
   </si>
   <si>
-    <t>19</t>
+    <t>21</t>
+  </si>
+  <si>
+    <t>LECLERCQ</t>
+  </si>
+  <si>
+    <t>3,44</t>
+  </si>
+  <si>
+    <t>1,86</t>
+  </si>
+  <si>
+    <t>1,58</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>SIMONNOT</t>
+  </si>
+  <si>
+    <t>Nicolas</t>
+  </si>
+  <si>
+    <t>2,95</t>
+  </si>
+  <si>
+    <t>23</t>
   </si>
   <si>
     <t>BAIGNE</t>
   </si>
   <si>
     <t>Robin</t>
   </si>
   <si>
     <t>ANGOULEME CE</t>
   </si>
   <si>
     <t>2,87</t>
   </si>
   <si>
-    <t>20</t>
-[...8 lines deleted...]
-    <t>21</t>
+    <t>24</t>
+  </si>
+  <si>
+    <t>LAURENCE</t>
+  </si>
+  <si>
+    <t>Tristan</t>
+  </si>
+  <si>
+    <t>2,52</t>
+  </si>
+  <si>
+    <t>25</t>
   </si>
   <si>
     <t>POIRIER</t>
   </si>
   <si>
     <t>Romain</t>
   </si>
   <si>
-    <t>1,48</t>
+    <t>2,44</t>
   </si>
   <si>
     <t>0,98</t>
   </si>
   <si>
     <t>0,50</t>
   </si>
   <si>
-    <t>22</t>
+    <t>0,96</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>LEMAN LOUBIERE</t>
+  </si>
+  <si>
+    <t>Victor</t>
+  </si>
+  <si>
+    <t>BORDEAUX CAM</t>
+  </si>
+  <si>
+    <t>2,32</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>FELIX</t>
+  </si>
+  <si>
+    <t>Raphael</t>
+  </si>
+  <si>
+    <t>1,50</t>
+  </si>
+  <si>
+    <t>28</t>
   </si>
   <si>
     <t>CHAUVET</t>
   </si>
   <si>
     <t>Axel</t>
   </si>
   <si>
     <t>1,32</t>
   </si>
   <si>
-    <t>23</t>
+    <t>29</t>
+  </si>
+  <si>
+    <t>Esteban</t>
+  </si>
+  <si>
+    <t>1,27</t>
+  </si>
+  <si>
+    <t>30</t>
   </si>
   <si>
     <t>LEVEQUE</t>
   </si>
   <si>
-    <t>24</t>
+    <t>31</t>
+  </si>
+  <si>
+    <t>DIRIDOLLOU</t>
+  </si>
+  <si>
+    <t>V2</t>
+  </si>
+  <si>
+    <t>0,74</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>BENTZ</t>
+  </si>
+  <si>
+    <t>Cedric</t>
+  </si>
+  <si>
+    <t>0,72</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>THEPENIER</t>
+  </si>
+  <si>
+    <t>Florian</t>
+  </si>
+  <si>
+    <t>MERIGNAC SE</t>
   </si>
   <si>
     <t>CHARLES</t>
   </si>
   <si>
     <t>Frédéric</t>
+  </si>
+  <si>
+    <t>CHABROL</t>
+  </si>
+  <si>
+    <t>François Xavier</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF00008B" tint="0"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -701,1168 +938,2554 @@
   </cellStyleXfs>
   <cellXfs count="27">
     <xf fontId="0" applyFont="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="3" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="4" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="5" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="6" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="2" applyBorder="1" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="3" applyBorder="1" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="3" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="4" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="5" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="6" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
-    <xf fontId="0" applyFont="1" fillId="6" applyFill="1" borderId="4" applyBorder="1" xfId="0"/>
+    <xf fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="4" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="5" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="3" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="4" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="5" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="6" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
-    <xf fontId="0" applyFont="1" fillId="6" applyFill="1" borderId="7" applyBorder="1" xfId="0"/>
+    <xf fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="7" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="8" applyBorder="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L30"/>
+  <dimension ref="A1:T41"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" bestFit="1" width="9.140625" customWidth="1"/>
     <col min="2" max="2" bestFit="1" width="21.1895732879639" customWidth="1"/>
-    <col min="3" max="3" bestFit="1" width="13.9462718963623" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="14.6501398086548" customWidth="1"/>
     <col min="4" max="4" bestFit="1" width="9.140625" customWidth="1"/>
-    <col min="5" max="5" bestFit="1" width="15.7836971282959" customWidth="1"/>
+    <col min="5" max="5" bestFit="1" width="16.0558319091797" customWidth="1"/>
     <col min="6" max="6" bestFit="1" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="9" t="s">
         <v>1</v>
       </c>
       <c r="H1" s="18"/>
       <c r="I1" s="9" t="s">
         <v>2</v>
       </c>
       <c r="J1" s="18"/>
       <c r="K1" s="9" t="s">
         <v>3</v>
       </c>
       <c r="L1" s="18"/>
+      <c r="M1" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="N1" s="18"/>
+      <c r="O1" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="P1" s="18"/>
+      <c r="Q1" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="R1" s="18"/>
+      <c r="S1" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="T1" s="18"/>
     </row>
     <row r="2">
       <c r="A2" s="3"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="10" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="H2" s="19"/>
       <c r="I2" s="10" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="J2" s="19"/>
       <c r="K2" s="10" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="L2" s="19"/>
+      <c r="M2" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="N2" s="19"/>
+      <c r="O2" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="P2" s="19"/>
+      <c r="Q2" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="R2" s="19"/>
+      <c r="S2" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="T2" s="19"/>
     </row>
     <row r="3">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="10" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="H3" s="19"/>
       <c r="I3" s="10" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="J3" s="19"/>
       <c r="K3" s="10" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="L3" s="19"/>
+      <c r="M3" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="N3" s="19"/>
+      <c r="O3" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="P3" s="19"/>
+      <c r="Q3" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="R3" s="19"/>
+      <c r="S3" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="T3" s="19"/>
     </row>
     <row r="4">
       <c r="A4" s="3"/>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="10" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="H4" s="19"/>
       <c r="I4" s="10" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="J4" s="19"/>
       <c r="K4" s="10" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="L4" s="19"/>
+      <c r="M4" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="N4" s="19"/>
+      <c r="O4" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="P4" s="19"/>
+      <c r="Q4" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="R4" s="19"/>
+      <c r="S4" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="T4" s="19"/>
     </row>
     <row r="5">
       <c r="A5" s="3"/>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="11" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="H5" s="19" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I5" s="11" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="J5" s="19" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="K5" s="11" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="L5" s="19" t="s">
-        <v>12</v>
+        <v>24</v>
+      </c>
+      <c r="M5" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="N5" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="O5" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="P5" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q5" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="R5" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="S5" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="T5" s="19" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="G6" s="26" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="H6" s="19" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="I6" s="26" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="J6" s="19" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="K6" s="26" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="L6" s="19" t="s">
-        <v>22</v>
+        <v>34</v>
+      </c>
+      <c r="M6" s="26" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="O6" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="P6" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q6" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="R6" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="S6" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="T6" s="19" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="G7" s="12" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="H7" s="20" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="I7" s="12">
         <v>58</v>
       </c>
       <c r="J7" s="20" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="K7" s="12">
         <v>15</v>
       </c>
       <c r="L7" s="20" t="s">
-        <v>32</v>
+        <v>48</v>
+      </c>
+      <c r="M7" s="12">
+        <v>98</v>
+      </c>
+      <c r="N7" s="20" t="s">
+        <v>49</v>
+      </c>
+      <c r="O7" s="12" t="s">
+        <v>46</v>
+      </c>
+      <c r="P7" s="20" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q7" s="12" t="s">
+        <v>46</v>
+      </c>
+      <c r="R7" s="20" t="s">
+        <v>46</v>
+      </c>
+      <c r="S7" s="12">
+        <v>5</v>
+      </c>
+      <c r="T7" s="20" t="s">
+        <v>50</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>37</v>
+        <v>54</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>38</v>
+        <v>55</v>
       </c>
       <c r="G8" s="13">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="H8" s="21" t="s">
-        <v>39</v>
+        <v>56</v>
       </c>
       <c r="I8" s="13">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="J8" s="21" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="K8" s="13">
-        <v>37</v>
+        <v>86</v>
       </c>
       <c r="L8" s="21" t="s">
-        <v>41</v>
+        <v>58</v>
+      </c>
+      <c r="M8" s="13">
+        <v>13</v>
+      </c>
+      <c r="N8" s="21" t="s">
+        <v>59</v>
+      </c>
+      <c r="O8" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="P8" s="21" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q8" s="13">
+        <v>2</v>
+      </c>
+      <c r="R8" s="21" t="s">
+        <v>60</v>
+      </c>
+      <c r="S8" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="T8" s="21" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="7" t="s">
-        <v>42</v>
+        <v>61</v>
       </c>
       <c r="B9" s="7" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="E9" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="G9" s="14">
+        <v>5</v>
+      </c>
+      <c r="H9" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="I9" s="14">
+        <v>74</v>
+      </c>
+      <c r="J9" s="22" t="s">
+        <v>67</v>
+      </c>
+      <c r="K9" s="14">
         <v>37</v>
       </c>
-      <c r="F9" s="7" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="L9" s="22" t="s">
-        <v>48</v>
+        <v>68</v>
+      </c>
+      <c r="M9" s="14" t="s">
+        <v>46</v>
+      </c>
+      <c r="N9" s="22" t="s">
+        <v>46</v>
+      </c>
+      <c r="O9" s="14" t="s">
+        <v>46</v>
+      </c>
+      <c r="P9" s="22" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q9" s="14">
+        <v>1</v>
+      </c>
+      <c r="R9" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="S9" s="14">
+        <v>1</v>
+      </c>
+      <c r="T9" s="22" t="s">
+        <v>70</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="8" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>51</v>
+        <v>73</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>53</v>
+        <v>75</v>
       </c>
       <c r="G10" s="15">
         <v>24</v>
       </c>
       <c r="H10" s="23" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="I10" s="15">
         <v>102</v>
       </c>
       <c r="J10" s="23" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="K10" s="15">
         <v>75</v>
       </c>
       <c r="L10" s="23" t="s">
-        <v>56</v>
+        <v>78</v>
+      </c>
+      <c r="M10" s="15">
+        <v>105</v>
+      </c>
+      <c r="N10" s="23" t="s">
+        <v>79</v>
+      </c>
+      <c r="O10" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="P10" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q10" s="15">
+        <v>9</v>
+      </c>
+      <c r="R10" s="23" t="s">
+        <v>80</v>
+      </c>
+      <c r="S10" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="T10" s="23" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="s">
-        <v>57</v>
+        <v>81</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>58</v>
+        <v>82</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>59</v>
+        <v>83</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>84</v>
+      </c>
+      <c r="G11" s="16">
+        <v>18</v>
       </c>
       <c r="H11" s="24" t="s">
-        <v>30</v>
+        <v>85</v>
       </c>
       <c r="I11" s="16">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="J11" s="24" t="s">
-        <v>61</v>
+        <v>86</v>
       </c>
       <c r="K11" s="16">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="L11" s="24" t="s">
-        <v>62</v>
+        <v>87</v>
+      </c>
+      <c r="M11" s="16">
+        <v>82</v>
+      </c>
+      <c r="N11" s="24" t="s">
+        <v>88</v>
+      </c>
+      <c r="O11" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="P11" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q11" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="R11" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="S11" s="16">
+        <v>3</v>
+      </c>
+      <c r="T11" s="24" t="s">
+        <v>89</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="8" t="s">
-        <v>63</v>
+        <v>90</v>
       </c>
       <c r="B12" s="8" t="s">
-        <v>64</v>
+        <v>91</v>
       </c>
       <c r="C12" s="8" t="s">
-        <v>65</v>
+        <v>92</v>
       </c>
       <c r="D12" s="8" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="E12" s="8" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="F12" s="8" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>93</v>
+      </c>
+      <c r="G12" s="15" t="s">
+        <v>46</v>
       </c>
       <c r="H12" s="23" t="s">
-        <v>67</v>
+        <v>46</v>
       </c>
       <c r="I12" s="15">
-        <v>90</v>
+        <v>72</v>
       </c>
       <c r="J12" s="23" t="s">
-        <v>68</v>
+        <v>94</v>
       </c>
       <c r="K12" s="15">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="L12" s="23" t="s">
-        <v>69</v>
+        <v>95</v>
+      </c>
+      <c r="M12" s="15">
+        <v>89</v>
+      </c>
+      <c r="N12" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="O12" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="P12" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q12" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="R12" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="S12" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="T12" s="23" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="s">
-        <v>70</v>
+        <v>97</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>71</v>
+        <v>98</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>72</v>
+        <v>99</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>73</v>
+        <v>100</v>
       </c>
       <c r="G13" s="16">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="H13" s="24" t="s">
-        <v>74</v>
+        <v>101</v>
       </c>
       <c r="I13" s="16">
-        <v>119</v>
+        <v>137</v>
       </c>
       <c r="J13" s="24" t="s">
-        <v>75</v>
+        <v>102</v>
       </c>
       <c r="K13" s="16">
-        <v>108</v>
+        <v>145</v>
       </c>
       <c r="L13" s="24" t="s">
-        <v>76</v>
+        <v>103</v>
+      </c>
+      <c r="M13" s="16">
+        <v>52</v>
+      </c>
+      <c r="N13" s="24" t="s">
+        <v>104</v>
+      </c>
+      <c r="O13" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="P13" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q13" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="R13" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="S13" s="16">
+        <v>11</v>
+      </c>
+      <c r="T13" s="24" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="8" t="s">
-        <v>77</v>
+        <v>106</v>
       </c>
       <c r="B14" s="8" t="s">
-        <v>78</v>
+        <v>107</v>
       </c>
       <c r="C14" s="8" t="s">
-        <v>79</v>
+        <v>108</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="E14" s="8" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="F14" s="8" t="s">
-        <v>80</v>
+        <v>109</v>
       </c>
       <c r="G14" s="15">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="H14" s="23" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>110</v>
+      </c>
+      <c r="I14" s="15">
+        <v>119</v>
       </c>
       <c r="J14" s="23" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="K14" s="15">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="L14" s="23" t="s">
-        <v>82</v>
+        <v>112</v>
+      </c>
+      <c r="M14" s="15">
+        <v>101</v>
+      </c>
+      <c r="N14" s="23" t="s">
+        <v>113</v>
+      </c>
+      <c r="O14" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="P14" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q14" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="R14" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="S14" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="T14" s="23" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>83</v>
+        <v>114</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>84</v>
+        <v>115</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>85</v>
+        <v>116</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>37</v>
+        <v>54</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>86</v>
+        <v>117</v>
       </c>
       <c r="G15" s="16">
         <v>6</v>
       </c>
       <c r="H15" s="24" t="s">
-        <v>87</v>
+        <v>118</v>
       </c>
       <c r="I15" s="16">
         <v>122</v>
       </c>
       <c r="J15" s="24" t="s">
-        <v>88</v>
+        <v>119</v>
       </c>
       <c r="K15" s="16">
         <v>170</v>
       </c>
       <c r="L15" s="24" t="s">
-        <v>89</v>
+        <v>120</v>
+      </c>
+      <c r="M15" s="16">
+        <v>76</v>
+      </c>
+      <c r="N15" s="24" t="s">
+        <v>121</v>
+      </c>
+      <c r="O15" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="P15" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q15" s="16">
+        <v>6</v>
+      </c>
+      <c r="R15" s="24" t="s">
+        <v>122</v>
+      </c>
+      <c r="S15" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="T15" s="24" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="8" t="s">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="B16" s="8" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="C16" s="8" t="s">
-        <v>92</v>
+        <v>125</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="E16" s="8" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F16" s="8" t="s">
-        <v>93</v>
+        <v>126</v>
       </c>
       <c r="G16" s="15">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="H16" s="23" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>127</v>
+      </c>
+      <c r="I16" s="15" t="s">
+        <v>46</v>
       </c>
       <c r="J16" s="23" t="s">
-        <v>95</v>
+        <v>46</v>
       </c>
       <c r="K16" s="15">
-        <v>145</v>
+        <v>111</v>
       </c>
       <c r="L16" s="23" t="s">
-        <v>96</v>
+        <v>128</v>
+      </c>
+      <c r="M16" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="N16" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="O16" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="P16" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q16" s="15">
+        <v>10</v>
+      </c>
+      <c r="R16" s="23" t="s">
+        <v>129</v>
+      </c>
+      <c r="S16" s="15">
+        <v>6</v>
+      </c>
+      <c r="T16" s="23" t="s">
+        <v>130</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>99</v>
+        <v>133</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>100</v>
+        <v>134</v>
       </c>
       <c r="G17" s="16">
         <v>27</v>
       </c>
       <c r="H17" s="24" t="s">
-        <v>101</v>
+        <v>135</v>
       </c>
       <c r="I17" s="16" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="J17" s="24" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="K17" s="16">
         <v>121</v>
       </c>
       <c r="L17" s="24" t="s">
-        <v>102</v>
+        <v>136</v>
+      </c>
+      <c r="M17" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="N17" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="O17" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="P17" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q17" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="R17" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="S17" s="16">
+        <v>8</v>
+      </c>
+      <c r="T17" s="24" t="s">
+        <v>137</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="8" t="s">
-        <v>103</v>
+        <v>138</v>
       </c>
       <c r="B18" s="8" t="s">
-        <v>104</v>
+        <v>139</v>
       </c>
       <c r="C18" s="8" t="s">
-        <v>105</v>
+        <v>140</v>
       </c>
       <c r="D18" s="8" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="E18" s="8" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="F18" s="8" t="s">
-        <v>106</v>
+        <v>134</v>
       </c>
       <c r="G18" s="15">
         <v>11</v>
       </c>
       <c r="H18" s="23" t="s">
-        <v>107</v>
+        <v>141</v>
       </c>
       <c r="I18" s="15" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="J18" s="23" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="K18" s="15">
         <v>153</v>
       </c>
       <c r="L18" s="23" t="s">
-        <v>108</v>
+        <v>142</v>
+      </c>
+      <c r="M18" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="N18" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="O18" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="P18" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q18" s="15">
+        <v>12</v>
+      </c>
+      <c r="R18" s="23" t="s">
+        <v>143</v>
+      </c>
+      <c r="S18" s="15">
+        <v>2</v>
+      </c>
+      <c r="T18" s="23" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="s">
-        <v>109</v>
+        <v>39</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>110</v>
+        <v>145</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>105</v>
+        <v>146</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>111</v>
+        <v>54</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>147</v>
+      </c>
+      <c r="G19" s="16">
+        <v>29</v>
       </c>
       <c r="H19" s="24" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I19" s="16" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="J19" s="24" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="K19" s="16">
-        <v>162</v>
+        <v>200</v>
       </c>
       <c r="L19" s="24" t="s">
-        <v>112</v>
+        <v>148</v>
+      </c>
+      <c r="M19" s="16">
+        <v>128</v>
+      </c>
+      <c r="N19" s="24" t="s">
+        <v>149</v>
+      </c>
+      <c r="O19" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="P19" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q19" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="R19" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="S19" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="T19" s="24" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="8" t="s">
-        <v>113</v>
+        <v>150</v>
       </c>
       <c r="B20" s="8" t="s">
-        <v>114</v>
+        <v>151</v>
       </c>
       <c r="C20" s="8" t="s">
-        <v>115</v>
+        <v>140</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="E20" s="8" t="s">
-        <v>37</v>
+        <v>152</v>
       </c>
       <c r="F20" s="8" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>153</v>
+      </c>
+      <c r="G20" s="15" t="s">
+        <v>46</v>
       </c>
       <c r="H20" s="23" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>154</v>
+        <v>46</v>
+      </c>
+      <c r="I20" s="15" t="s">
+        <v>46</v>
       </c>
       <c r="J20" s="23" t="s">
-        <v>118</v>
+        <v>46</v>
       </c>
       <c r="K20" s="15">
-        <v>219</v>
+        <v>162</v>
       </c>
       <c r="L20" s="23" t="s">
-        <v>119</v>
+        <v>153</v>
+      </c>
+      <c r="M20" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="N20" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="O20" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="P20" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q20" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="R20" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="S20" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="T20" s="23" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="s">
-        <v>120</v>
+        <v>38</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>121</v>
+        <v>154</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>122</v>
+        <v>155</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>37</v>
+        <v>54</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>123</v>
+        <v>156</v>
       </c>
       <c r="G21" s="16">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H21" s="24" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>157</v>
+      </c>
+      <c r="I21" s="16">
+        <v>154</v>
       </c>
       <c r="J21" s="24" t="s">
-        <v>30</v>
+        <v>158</v>
       </c>
       <c r="K21" s="16">
-        <v>200</v>
+        <v>219</v>
       </c>
       <c r="L21" s="24" t="s">
-        <v>125</v>
+        <v>159</v>
+      </c>
+      <c r="M21" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="N21" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="O21" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="P21" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q21" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="R21" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="S21" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="T21" s="24" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="8" t="s">
-        <v>126</v>
+        <v>37</v>
       </c>
       <c r="B22" s="8" t="s">
-        <v>127</v>
+        <v>160</v>
       </c>
       <c r="C22" s="8" t="s">
-        <v>128</v>
+        <v>161</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="E22" s="8" t="s">
-        <v>111</v>
+        <v>152</v>
       </c>
       <c r="F22" s="8" t="s">
-        <v>129</v>
+        <v>162</v>
       </c>
       <c r="G22" s="15">
         <v>43</v>
       </c>
       <c r="H22" s="23" t="s">
-        <v>130</v>
+        <v>163</v>
       </c>
       <c r="I22" s="15" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="J22" s="23" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="K22" s="15">
         <v>191</v>
       </c>
       <c r="L22" s="23" t="s">
-        <v>131</v>
+        <v>164</v>
+      </c>
+      <c r="M22" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="N22" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="O22" s="15">
+        <v>9</v>
+      </c>
+      <c r="P22" s="23" t="s">
+        <v>165</v>
+      </c>
+      <c r="Q22" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="R22" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="S22" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="T22" s="23" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="s">
-        <v>132</v>
+        <v>166</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>133</v>
+        <v>167</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>134</v>
+        <v>168</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>135</v>
+        <v>169</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>136</v>
+        <v>170</v>
       </c>
       <c r="G23" s="16">
         <v>23</v>
       </c>
       <c r="H23" s="24" t="s">
-        <v>136</v>
+        <v>171</v>
       </c>
       <c r="I23" s="16" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="J23" s="24" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="K23" s="16" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="L23" s="24" t="s">
-        <v>30</v>
+        <v>46</v>
+      </c>
+      <c r="M23" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="N23" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="O23" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="P23" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q23" s="16">
+        <v>5</v>
+      </c>
+      <c r="R23" s="24" t="s">
+        <v>172</v>
+      </c>
+      <c r="S23" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="T23" s="24" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="8" t="s">
-        <v>137</v>
+        <v>173</v>
       </c>
       <c r="B24" s="8" t="s">
-        <v>138</v>
+        <v>174</v>
       </c>
       <c r="C24" s="8" t="s">
-        <v>139</v>
+        <v>175</v>
       </c>
       <c r="D24" s="8" t="s">
-        <v>27</v>
+        <v>169</v>
       </c>
       <c r="E24" s="8" t="s">
-        <v>37</v>
+        <v>74</v>
       </c>
       <c r="F24" s="8" t="s">
-        <v>140</v>
+        <v>176</v>
       </c>
       <c r="G24" s="15" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="H24" s="23" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>156</v>
+        <v>46</v>
+      </c>
+      <c r="I24" s="15" t="s">
+        <v>46</v>
       </c>
       <c r="J24" s="23" t="s">
-        <v>140</v>
+        <v>46</v>
       </c>
       <c r="K24" s="15" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="L24" s="23" t="s">
-        <v>30</v>
+        <v>46</v>
+      </c>
+      <c r="M24" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="N24" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="O24" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="P24" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q24" s="15">
+        <v>3</v>
+      </c>
+      <c r="R24" s="23" t="s">
+        <v>176</v>
+      </c>
+      <c r="S24" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="T24" s="23" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="s">
-        <v>141</v>
+        <v>177</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>142</v>
+        <v>178</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>143</v>
+        <v>179</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>36</v>
+        <v>169</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>144</v>
+        <v>44</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>89</v>
+      </c>
+      <c r="G25" s="16" t="s">
+        <v>46</v>
       </c>
       <c r="H25" s="24" t="s">
-        <v>145</v>
+        <v>46</v>
       </c>
       <c r="I25" s="16" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="J25" s="24" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="K25" s="16" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="L25" s="24" t="s">
-        <v>30</v>
+        <v>46</v>
+      </c>
+      <c r="M25" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="N25" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="O25" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="P25" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q25" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="R25" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="S25" s="16">
+        <v>3</v>
+      </c>
+      <c r="T25" s="24" t="s">
+        <v>89</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="8" t="s">
-        <v>146</v>
+        <v>180</v>
       </c>
       <c r="B26" s="8" t="s">
-        <v>147</v>
+        <v>181</v>
       </c>
       <c r="C26" s="8" t="s">
-        <v>99</v>
+        <v>182</v>
       </c>
       <c r="D26" s="8" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="E26" s="8" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="F26" s="8" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>183</v>
+      </c>
+      <c r="G26" s="15" t="s">
+        <v>46</v>
       </c>
       <c r="H26" s="23" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>46</v>
+      </c>
+      <c r="I26" s="15">
+        <v>156</v>
       </c>
       <c r="J26" s="23" t="s">
-        <v>30</v>
+        <v>183</v>
       </c>
       <c r="K26" s="15" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="L26" s="23" t="s">
-        <v>30</v>
+        <v>46</v>
+      </c>
+      <c r="M26" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="N26" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="O26" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="P26" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q26" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="R26" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="S26" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="T26" s="23" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="s">
-        <v>149</v>
+        <v>184</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>150</v>
+        <v>185</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>151</v>
+        <v>133</v>
       </c>
       <c r="D27" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="G27" s="16">
         <v>36</v>
       </c>
-      <c r="E27" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H27" s="24" t="s">
-        <v>153</v>
+        <v>187</v>
       </c>
       <c r="I27" s="16" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="J27" s="24" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>46</v>
+      </c>
+      <c r="K27" s="16" t="s">
+        <v>46</v>
       </c>
       <c r="L27" s="24" t="s">
-        <v>154</v>
+        <v>46</v>
+      </c>
+      <c r="M27" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="N27" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="O27" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="P27" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q27" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="R27" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="S27" s="16">
+        <v>9</v>
+      </c>
+      <c r="T27" s="24" t="s">
+        <v>188</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="8" t="s">
-        <v>155</v>
+        <v>189</v>
       </c>
       <c r="B28" s="8" t="s">
-        <v>156</v>
+        <v>190</v>
       </c>
       <c r="C28" s="8" t="s">
-        <v>157</v>
+        <v>191</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="E28" s="8" t="s">
-        <v>111</v>
+        <v>74</v>
       </c>
       <c r="F28" s="8" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>192</v>
+      </c>
+      <c r="G28" s="15" t="s">
+        <v>46</v>
       </c>
       <c r="H28" s="23" t="s">
-        <v>158</v>
+        <v>46</v>
       </c>
       <c r="I28" s="15" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="J28" s="23" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="K28" s="15" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="L28" s="23" t="s">
-        <v>30</v>
+        <v>46</v>
+      </c>
+      <c r="M28" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="N28" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="O28" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="P28" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q28" s="15">
+        <v>7</v>
+      </c>
+      <c r="R28" s="23" t="s">
+        <v>192</v>
+      </c>
+      <c r="S28" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="T28" s="23" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="s">
-        <v>159</v>
+        <v>193</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>160</v>
+        <v>194</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>44</v>
+        <v>195</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>111</v>
+        <v>196</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>153</v>
+        <v>197</v>
       </c>
       <c r="G29" s="16">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="H29" s="24" t="s">
-        <v>153</v>
+        <v>197</v>
       </c>
       <c r="I29" s="16" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="J29" s="24" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="K29" s="16" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="L29" s="24" t="s">
-        <v>30</v>
+        <v>46</v>
+      </c>
+      <c r="M29" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="N29" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="O29" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="P29" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q29" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="R29" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="S29" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="T29" s="24" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="8" t="s">
-        <v>161</v>
+        <v>198</v>
       </c>
       <c r="B30" s="8" t="s">
-        <v>162</v>
+        <v>199</v>
       </c>
       <c r="C30" s="8" t="s">
-        <v>163</v>
+        <v>200</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>135</v>
+        <v>64</v>
       </c>
       <c r="E30" s="8" t="s">
-        <v>37</v>
+        <v>74</v>
       </c>
       <c r="F30" s="8" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="G30" s="17">
+        <v>201</v>
+      </c>
+      <c r="G30" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="H30" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="I30" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="J30" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="K30" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="L30" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="M30" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="N30" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="O30" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="P30" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q30" s="15">
+        <v>8</v>
+      </c>
+      <c r="R30" s="23" t="s">
+        <v>201</v>
+      </c>
+      <c r="S30" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="T30" s="23" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="G31" s="16">
+        <v>41</v>
+      </c>
+      <c r="H31" s="24" t="s">
+        <v>206</v>
+      </c>
+      <c r="I31" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="J31" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="K31" s="16">
+        <v>226</v>
+      </c>
+      <c r="L31" s="24" t="s">
+        <v>207</v>
+      </c>
+      <c r="M31" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="N31" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="O31" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="P31" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q31" s="16">
+        <v>13</v>
+      </c>
+      <c r="R31" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="S31" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="T31" s="24" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="8" t="s">
+        <v>209</v>
+      </c>
+      <c r="B32" s="8" t="s">
+        <v>210</v>
+      </c>
+      <c r="C32" s="8" t="s">
+        <v>211</v>
+      </c>
+      <c r="D32" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E32" s="8" t="s">
+        <v>212</v>
+      </c>
+      <c r="F32" s="8" t="s">
+        <v>213</v>
+      </c>
+      <c r="G32" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="H32" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="I32" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="J32" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="K32" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="L32" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="M32" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="N32" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="O32" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="P32" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q32" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="R32" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="S32" s="15">
+        <v>7</v>
+      </c>
+      <c r="T32" s="23" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="G33" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="H33" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="I33" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="J33" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="K33" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="L33" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="M33" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="N33" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="O33" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="P33" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q33" s="16">
+        <v>11</v>
+      </c>
+      <c r="R33" s="24" t="s">
+        <v>217</v>
+      </c>
+      <c r="S33" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="T33" s="24" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="8" t="s">
+        <v>218</v>
+      </c>
+      <c r="B34" s="8" t="s">
+        <v>219</v>
+      </c>
+      <c r="C34" s="8" t="s">
+        <v>220</v>
+      </c>
+      <c r="D34" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E34" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="F34" s="8" t="s">
+        <v>221</v>
+      </c>
+      <c r="G34" s="15">
+        <v>39</v>
+      </c>
+      <c r="H34" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="I34" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="J34" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="K34" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="L34" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="M34" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="N34" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="O34" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="P34" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q34" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="R34" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="S34" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="T34" s="23" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E35" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="H30" s="25" t="s">
-[...12 lines deleted...]
-        <v>30</v>
+      <c r="F35" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="G35" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="H35" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="I35" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="J35" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="K35" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="L35" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="M35" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="N35" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="O35" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="P35" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q35" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="R35" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="S35" s="16">
+        <v>10</v>
+      </c>
+      <c r="T35" s="24" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="8" t="s">
+        <v>225</v>
+      </c>
+      <c r="B36" s="8" t="s">
+        <v>226</v>
+      </c>
+      <c r="C36" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D36" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E36" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="F36" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="G36" s="15">
+        <v>41</v>
+      </c>
+      <c r="H36" s="23" t="s">
+        <v>206</v>
+      </c>
+      <c r="I36" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="J36" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="K36" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="L36" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="M36" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="N36" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="O36" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="P36" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q36" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="R36" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="S36" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="T36" s="23" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="G37" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="H37" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="I37" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="J37" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="K37" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="L37" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="M37" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="N37" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="O37" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="P37" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q37" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="R37" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="S37" s="16">
+        <v>12</v>
+      </c>
+      <c r="T37" s="24" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="8" t="s">
+        <v>231</v>
+      </c>
+      <c r="B38" s="8" t="s">
+        <v>232</v>
+      </c>
+      <c r="C38" s="8" t="s">
+        <v>233</v>
+      </c>
+      <c r="D38" s="8" t="s">
+        <v>169</v>
+      </c>
+      <c r="E38" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F38" s="8" t="s">
+        <v>234</v>
+      </c>
+      <c r="G38" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="H38" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="I38" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="J38" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="K38" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="L38" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="M38" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="N38" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="O38" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="P38" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q38" s="15">
+        <v>14</v>
+      </c>
+      <c r="R38" s="23" t="s">
+        <v>234</v>
+      </c>
+      <c r="S38" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="T38" s="23" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="G39" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="H39" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="I39" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="J39" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="K39" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="L39" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="M39" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="N39" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="O39" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="P39" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q39" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="R39" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="S39" s="16">
+        <v>13</v>
+      </c>
+      <c r="T39" s="24" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="8" t="s">
+        <v>235</v>
+      </c>
+      <c r="B40" s="8" t="s">
+        <v>239</v>
+      </c>
+      <c r="C40" s="8" t="s">
+        <v>240</v>
+      </c>
+      <c r="D40" s="8" t="s">
+        <v>169</v>
+      </c>
+      <c r="E40" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="F40" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="G40" s="15">
+        <v>44</v>
+      </c>
+      <c r="H40" s="23" t="s">
+        <v>207</v>
+      </c>
+      <c r="I40" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="J40" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="K40" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="L40" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="M40" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="N40" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="O40" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="P40" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q40" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="R40" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="S40" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="T40" s="23" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="G41" s="17" t="s">
+        <v>46</v>
+      </c>
+      <c r="H41" s="25" t="s">
+        <v>46</v>
+      </c>
+      <c r="I41" s="17" t="s">
+        <v>46</v>
+      </c>
+      <c r="J41" s="25" t="s">
+        <v>46</v>
+      </c>
+      <c r="K41" s="17" t="s">
+        <v>46</v>
+      </c>
+      <c r="L41" s="25" t="s">
+        <v>46</v>
+      </c>
+      <c r="M41" s="17" t="s">
+        <v>46</v>
+      </c>
+      <c r="N41" s="25" t="s">
+        <v>46</v>
+      </c>
+      <c r="O41" s="17" t="s">
+        <v>46</v>
+      </c>
+      <c r="P41" s="25" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q41" s="17">
+        <v>15</v>
+      </c>
+      <c r="R41" s="25" t="s">
+        <v>207</v>
+      </c>
+      <c r="S41" s="17" t="s">
+        <v>46</v>
+      </c>
+      <c r="T41" s="25" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F5"/>
     <mergeCell ref="G1:H1"/>
     <mergeCell ref="G2:H2"/>
     <mergeCell ref="G3:H3"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I1:J1"/>
     <mergeCell ref="I2:J2"/>
     <mergeCell ref="I3:J3"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="K1:L1"/>
     <mergeCell ref="K2:L2"/>
     <mergeCell ref="K3:L3"/>
     <mergeCell ref="K4:L4"/>
+    <mergeCell ref="M1:N1"/>
+    <mergeCell ref="M2:N2"/>
+    <mergeCell ref="M3:N3"/>
+    <mergeCell ref="M4:N4"/>
+    <mergeCell ref="O1:P1"/>
+    <mergeCell ref="O2:P2"/>
+    <mergeCell ref="O3:P3"/>
+    <mergeCell ref="O4:P4"/>
+    <mergeCell ref="Q1:R1"/>
+    <mergeCell ref="Q2:R2"/>
+    <mergeCell ref="Q3:R3"/>
+    <mergeCell ref="Q4:R4"/>
+    <mergeCell ref="S1:T1"/>
+    <mergeCell ref="S2:T2"/>
+    <mergeCell ref="S3:T3"/>
+    <mergeCell ref="S4:T4"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.25" top="0.25" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait"/>
   <headerFooter differentFirst="0" differentOddEven="1">
     <oddHeader>&amp;CFleuret Hommes Séniors (FHS) 2025-2026</oddHeader>
     <oddFooter>&amp;CEscrime Nouvelle-Aquitaine</oddFooter>
     <evenHeader>&amp;CFleuret Hommes Séniors (FHS) 2025-2026</evenHeader>
     <evenFooter>&amp;CEscrime Nouvelle-Aquitaine</evenFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>G. Texier</dc:creator>
   <dc:title>Calendrier Escrime Nouvelle-Aquitaine</dc:title>
   <dc:subject>Calendrier Escrime Nouvelle-Aquitaine</dc:subject>
-  <dc:description>Généré le 03/11/2025</dc:description>
+  <dc:description>Généré le 20/12/2025</dc:description>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
 </Properties>
 </file>