--- v0 (2025-10-17)
+++ v1 (2025-12-16)
@@ -7,95 +7,119 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="FHV1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <si>
     <t>Fleuret Hommes Vétérans 1 (FHV1) 2025-2026</t>
   </si>
   <si>
     <t>ER 1 Fleuret M13 à Senior</t>
   </si>
   <si>
+    <t>ER 2 Fleuret + H2036 1/8 de finale M15 à Senior</t>
+  </si>
+  <si>
+    <t>ER 3 Fleuret M13 à Senior</t>
+  </si>
+  <si>
     <t>28/09/2025</t>
   </si>
   <si>
+    <t>23/11/2025</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
     <t>Poitiers</t>
   </si>
   <si>
+    <t>La Rochelle</t>
+  </si>
+  <si>
+    <t>Bordeaux</t>
+  </si>
+  <si>
     <t>Séniors</t>
   </si>
   <si>
     <t>Tireurs</t>
   </si>
   <si>
     <t>Coef.</t>
   </si>
   <si>
     <t>rang</t>
   </si>
   <si>
     <t>nom</t>
   </si>
   <si>
     <t>prénom</t>
   </si>
   <si>
     <t>caté.</t>
   </si>
   <si>
     <t>club</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>0,0</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>13</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF00008B" tint="0"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -231,166 +255,230 @@
     </xf>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="3" applyBorder="1" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="4" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="5" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="7" applyBorder="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:L6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" bestFit="1" width="9.140625" customWidth="1"/>
     <col min="2" max="2" bestFit="1" width="9.140625" customWidth="1"/>
     <col min="3" max="3" bestFit="1" width="9.140625" customWidth="1"/>
     <col min="4" max="4" bestFit="1" width="9.140625" customWidth="1"/>
     <col min="5" max="5" bestFit="1" width="9.140625" customWidth="1"/>
     <col min="6" max="6" bestFit="1" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="H1" s="7"/>
+      <c r="I1" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="J1" s="7"/>
+      <c r="K1" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="L1" s="7"/>
     </row>
     <row r="2">
       <c r="A2" s="2"/>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="5" t="s">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H2" s="8"/>
+      <c r="I2" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="J2" s="8"/>
+      <c r="K2" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="L2" s="8"/>
     </row>
     <row r="3">
       <c r="A3" s="2"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="5" t="s">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="H3" s="8"/>
+      <c r="I3" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="J3" s="8"/>
+      <c r="K3" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="8"/>
     </row>
     <row r="4">
       <c r="A4" s="2"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="5" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="H4" s="8"/>
+      <c r="I4" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="8"/>
+      <c r="K4" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="L4" s="8"/>
     </row>
     <row r="5">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="6" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="H5" s="8" t="s">
-        <v>6</v>
+        <v>12</v>
+      </c>
+      <c r="I5" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="J5" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="K5" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="L5" s="8" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="G6" s="10" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="H6" s="9" t="s">
-        <v>14</v>
+        <v>20</v>
+      </c>
+      <c r="I6" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="J6" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="K6" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="L6" s="9" t="s">
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F5"/>
     <mergeCell ref="G1:H1"/>
     <mergeCell ref="G2:H2"/>
     <mergeCell ref="G3:H3"/>
     <mergeCell ref="G4:H4"/>
+    <mergeCell ref="I1:J1"/>
+    <mergeCell ref="I2:J2"/>
+    <mergeCell ref="I3:J3"/>
+    <mergeCell ref="I4:J4"/>
+    <mergeCell ref="K1:L1"/>
+    <mergeCell ref="K2:L2"/>
+    <mergeCell ref="K3:L3"/>
+    <mergeCell ref="K4:L4"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.25" top="0.25" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait"/>
   <headerFooter differentFirst="0" differentOddEven="1">
     <oddHeader>&amp;CFleuret Hommes Vétérans 1 (FHV1) 2025-2026</oddHeader>
     <oddFooter>&amp;CEscrime Nouvelle-Aquitaine</oddFooter>
     <evenHeader>&amp;CFleuret Hommes Vétérans 1 (FHV1) 2025-2026</evenHeader>
     <evenFooter>&amp;CEscrime Nouvelle-Aquitaine</evenFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>G. Texier</dc:creator>
   <dc:title>Calendrier Escrime Nouvelle-Aquitaine</dc:title>
   <dc:subject>Calendrier Escrime Nouvelle-Aquitaine</dc:subject>
-  <dc:description>Généré le 17/10/2025</dc:description>
+  <dc:description>Généré le 16/12/2025</dc:description>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
 </Properties>
 </file>