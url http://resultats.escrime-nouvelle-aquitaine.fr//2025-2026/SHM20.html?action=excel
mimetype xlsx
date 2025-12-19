--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -7,263 +7,383 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="SHM20" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="115">
   <si>
     <t>Sabre Hommes M20 (SHM20) 2025-2026</t>
   </si>
   <si>
     <t>ER 1 Sabre M13 à Senior</t>
   </si>
   <si>
     <t>EN 1 Sabre M17/M20/Senior</t>
   </si>
   <si>
+    <t>EN 2 Sabre M17/Senior</t>
+  </si>
+  <si>
+    <t>EN 2 Sabre M20</t>
+  </si>
+  <si>
     <t>05/10/2025</t>
   </si>
   <si>
     <t>19/10/2025</t>
   </si>
   <si>
+    <t>09/11/2025</t>
+  </si>
+  <si>
+    <t>16/11/2025</t>
+  </si>
+  <si>
     <t>Mérignac</t>
   </si>
   <si>
     <t>Charleville-Mézières</t>
   </si>
   <si>
+    <t>Maison-Alfort</t>
+  </si>
+  <si>
+    <t>Montargis</t>
+  </si>
+  <si>
     <t>M20</t>
   </si>
   <si>
     <t>Séniors</t>
   </si>
   <si>
     <t>Tireurs</t>
   </si>
   <si>
     <t>Coef.</t>
   </si>
   <si>
     <t>rang</t>
   </si>
   <si>
     <t>nom</t>
   </si>
   <si>
     <t>prénom</t>
   </si>
   <si>
     <t>caté.</t>
   </si>
   <si>
     <t>club</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>1,5</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>2,0</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>0,0</t>
   </si>
   <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
     <t>1</t>
   </si>
   <si>
     <t>BAJRACHARYA</t>
   </si>
   <si>
     <t>Hugo</t>
   </si>
   <si>
     <t>PAU SECTION</t>
   </si>
   <si>
+    <t>131,83</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
     <t>56,25</t>
   </si>
   <si>
-    <t>0</t>
+    <t>30,05</t>
+  </si>
+  <si>
+    <t>45,54</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>BERARDINI</t>
   </si>
   <si>
     <t>Rodrigue</t>
   </si>
   <si>
+    <t>131,65</t>
+  </si>
+  <si>
     <t>34,59</t>
   </si>
   <si>
+    <t>30,66</t>
+  </si>
+  <si>
+    <t>66,40</t>
+  </si>
+  <si>
     <t>3</t>
   </si>
   <si>
+    <t>LATAPY</t>
+  </si>
+  <si>
+    <t>Leo</t>
+  </si>
+  <si>
+    <t>82,22</t>
+  </si>
+  <si>
+    <t>27,62</t>
+  </si>
+  <si>
+    <t>12,13</t>
+  </si>
+  <si>
+    <t>42,47</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
     <t>GNABA</t>
   </si>
   <si>
     <t>Noé Francesco</t>
   </si>
   <si>
+    <t>61,90</t>
+  </si>
+  <si>
     <t>33,20</t>
   </si>
   <si>
-    <t>4</t>
-[...8 lines deleted...]
-    <t>27,62</t>
+    <t>13,61</t>
+  </si>
+  <si>
+    <t>15,09</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
+    <t>JALABERT</t>
+  </si>
+  <si>
+    <t>Marius</t>
+  </si>
+  <si>
+    <t>60,64</t>
+  </si>
+  <si>
+    <t>21,92</t>
+  </si>
+  <si>
+    <t>0,00</t>
+  </si>
+  <si>
+    <t>17,59</t>
+  </si>
+  <si>
+    <t>21,13</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>LE LAN</t>
+  </si>
+  <si>
+    <t>Roman</t>
+  </si>
+  <si>
+    <t>M17</t>
+  </si>
+  <si>
+    <t>43,24</t>
+  </si>
+  <si>
+    <t>5,26</t>
+  </si>
+  <si>
+    <t>37,97</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>WIECZOREK</t>
+  </si>
+  <si>
+    <t>Elliot</t>
+  </si>
+  <si>
+    <t>31,24</t>
+  </si>
+  <si>
+    <t>7,63</t>
+  </si>
+  <si>
+    <t>23,62</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
     <t>LETELLIER</t>
   </si>
   <si>
     <t>Tristan</t>
   </si>
   <si>
     <t>24,38</t>
   </si>
   <si>
-    <t>6</t>
-[...14 lines deleted...]
-    <t>7</t>
+    <t>9</t>
+  </si>
+  <si>
+    <t>POTHIN</t>
+  </si>
+  <si>
+    <t>Ruben</t>
+  </si>
+  <si>
+    <t>23,10</t>
+  </si>
+  <si>
+    <t>10</t>
   </si>
   <si>
     <t>TOUCOUERE SCHMITZ</t>
   </si>
   <si>
     <t>Romain</t>
   </si>
   <si>
-    <t>M17</t>
+    <t>21,26</t>
   </si>
   <si>
     <t>9,50</t>
   </si>
   <si>
-    <t>8</t>
-[...23 lines deleted...]
-    <t>10</t>
+    <t>11,76</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>Galahad</t>
+  </si>
+  <si>
+    <t>19,37</t>
+  </si>
+  <si>
+    <t>3,09</t>
+  </si>
+  <si>
+    <t>16,28</t>
+  </si>
+  <si>
+    <t>12</t>
   </si>
   <si>
     <t>PAGLIARIN</t>
   </si>
   <si>
     <t>Antoine</t>
   </si>
   <si>
+    <t>9,74</t>
+  </si>
+  <si>
     <t>3,71</t>
   </si>
   <si>
-    <t>11</t>
-[...8 lines deleted...]
-    <t>12</t>
+    <t>6,04</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>BLANC</t>
+  </si>
+  <si>
+    <t>LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>3,93</t>
   </si>
   <si>
     <t>MANCEAU</t>
   </si>
   <si>
     <t>Christophe</t>
   </si>
   <si>
     <t>SPUC PESSAC</t>
   </si>
   <si>
     <t>2,06</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -460,686 +580,994 @@
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="5" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="3" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="4" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="5" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="6" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="6" applyBorder="1" xfId="0"/>
     <xf fontId="0" applyFont="1" fillId="6" applyFill="1" borderId="7" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="8" applyBorder="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L18"/>
+  <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" bestFit="1" width="9.140625" customWidth="1"/>
     <col min="2" max="2" bestFit="1" width="20.9471073150635" customWidth="1"/>
     <col min="3" max="3" bestFit="1" width="14.2971820831299" customWidth="1"/>
     <col min="4" max="4" bestFit="1" width="9.140625" customWidth="1"/>
     <col min="5" max="5" bestFit="1" width="13.2628631591797" customWidth="1"/>
     <col min="6" max="6" bestFit="1" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="9" t="s">
         <v>1</v>
       </c>
       <c r="H1" s="18"/>
       <c r="I1" s="9" t="s">
         <v>2</v>
       </c>
       <c r="J1" s="18"/>
       <c r="K1" s="9" t="s">
         <v>2</v>
       </c>
       <c r="L1" s="18"/>
+      <c r="M1" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="N1" s="18"/>
+      <c r="O1" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="P1" s="18"/>
     </row>
     <row r="2">
       <c r="A2" s="3"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="10" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H2" s="19"/>
       <c r="I2" s="10" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J2" s="19"/>
       <c r="K2" s="10" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L2" s="19"/>
+      <c r="M2" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="N2" s="19"/>
+      <c r="O2" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="P2" s="19"/>
     </row>
     <row r="3">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="10" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="H3" s="19"/>
       <c r="I3" s="10" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="J3" s="19"/>
       <c r="K3" s="10" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="L3" s="19"/>
+      <c r="M3" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="N3" s="19"/>
+      <c r="O3" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="P3" s="19"/>
     </row>
     <row r="4">
       <c r="A4" s="3"/>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="10" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="H4" s="19"/>
       <c r="I4" s="10" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="J4" s="19"/>
       <c r="K4" s="10" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="L4" s="19"/>
+      <c r="M4" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="N4" s="19"/>
+      <c r="O4" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="P4" s="19"/>
     </row>
     <row r="5">
       <c r="A5" s="3"/>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="11" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="H5" s="19" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="I5" s="11" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="J5" s="19" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="K5" s="11" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="L5" s="19" t="s">
-        <v>10</v>
+        <v>16</v>
+      </c>
+      <c r="M5" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="N5" s="19" t="s">
+        <v>16</v>
+      </c>
+      <c r="O5" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="P5" s="19" t="s">
+        <v>16</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="G6" s="26" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H6" s="19" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="I6" s="26" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="J6" s="19" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="K6" s="26" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="L6" s="19" t="s">
-        <v>22</v>
+        <v>28</v>
+      </c>
+      <c r="M6" s="26" t="s">
+        <v>29</v>
+      </c>
+      <c r="N6" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="O6" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="P6" s="19" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="G7" s="12" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="H7" s="20" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="I7" s="12">
         <v>22</v>
       </c>
       <c r="J7" s="20" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="K7" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" s="20" t="s">
+        <v>36</v>
+      </c>
+      <c r="M7" s="12">
+        <v>40</v>
+      </c>
+      <c r="N7" s="20" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" s="12">
         <v>28</v>
       </c>
-      <c r="L7" s="20" t="s">
-        <v>28</v>
+      <c r="P7" s="20" t="s">
+        <v>39</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="G8" s="13" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="H8" s="21" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="I8" s="13">
         <v>44</v>
       </c>
       <c r="J8" s="21" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="K8" s="13" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="L8" s="21" t="s">
-        <v>28</v>
+        <v>36</v>
+      </c>
+      <c r="M8" s="13">
+        <v>39</v>
+      </c>
+      <c r="N8" s="21" t="s">
+        <v>45</v>
+      </c>
+      <c r="O8" s="13">
+        <v>14</v>
+      </c>
+      <c r="P8" s="21" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="7" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="B9" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="C9" s="7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F9" s="7" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="G9" s="14" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="H9" s="22" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="I9" s="14">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="J9" s="22" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="K9" s="14" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="L9" s="22" t="s">
-        <v>28</v>
+        <v>36</v>
+      </c>
+      <c r="M9" s="14">
+        <v>84</v>
+      </c>
+      <c r="N9" s="22" t="s">
+        <v>52</v>
+      </c>
+      <c r="O9" s="14">
+        <v>31</v>
+      </c>
+      <c r="P9" s="22" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="8" t="s">
-        <v>37</v>
+        <v>54</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>38</v>
+        <v>55</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>39</v>
+        <v>56</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="G10" s="15" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="H10" s="23" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="I10" s="15">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="J10" s="23" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="K10" s="15" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="L10" s="23" t="s">
-        <v>28</v>
+        <v>36</v>
+      </c>
+      <c r="M10" s="15">
+        <v>79</v>
+      </c>
+      <c r="N10" s="23" t="s">
+        <v>59</v>
+      </c>
+      <c r="O10" s="15">
+        <v>77</v>
+      </c>
+      <c r="P10" s="23" t="s">
+        <v>60</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="B11" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G11" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="H11" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="I11" s="16">
+        <v>66</v>
+      </c>
+      <c r="J11" s="24" t="s">
+        <v>65</v>
+      </c>
+      <c r="K11" s="16">
         <v>42</v>
       </c>
-      <c r="C11" s="1" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="L11" s="24" t="s">
-        <v>28</v>
+        <v>66</v>
+      </c>
+      <c r="M11" s="16">
+        <v>67</v>
+      </c>
+      <c r="N11" s="24" t="s">
+        <v>67</v>
+      </c>
+      <c r="O11" s="16">
+        <v>63</v>
+      </c>
+      <c r="P11" s="24" t="s">
+        <v>68</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="8" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="B12" s="8" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="C12" s="8" t="s">
-        <v>47</v>
+        <v>71</v>
       </c>
       <c r="D12" s="8" t="s">
-        <v>7</v>
+        <v>72</v>
       </c>
       <c r="E12" s="8" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F12" s="8" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>73</v>
+      </c>
+      <c r="G12" s="15">
+        <v>5</v>
       </c>
       <c r="H12" s="23" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>74</v>
+      </c>
+      <c r="I12" s="15" t="s">
+        <v>36</v>
       </c>
       <c r="J12" s="23" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>36</v>
+      </c>
+      <c r="K12" s="15" t="s">
+        <v>36</v>
       </c>
       <c r="L12" s="23" t="s">
-        <v>49</v>
+        <v>36</v>
+      </c>
+      <c r="M12" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="N12" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="O12" s="15">
+        <v>36</v>
+      </c>
+      <c r="P12" s="23" t="s">
+        <v>75</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="s">
-        <v>50</v>
+        <v>76</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>51</v>
+        <v>77</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>52</v>
+        <v>78</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>53</v>
+        <v>72</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>54</v>
+        <v>79</v>
       </c>
       <c r="G13" s="16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H13" s="24" t="s">
-        <v>54</v>
+        <v>80</v>
       </c>
       <c r="I13" s="16" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="J13" s="24" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="K13" s="16" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="L13" s="24" t="s">
-        <v>28</v>
+        <v>36</v>
+      </c>
+      <c r="M13" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="N13" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="O13" s="16">
+        <v>58</v>
+      </c>
+      <c r="P13" s="24" t="s">
+        <v>81</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="8" t="s">
-        <v>55</v>
+        <v>82</v>
       </c>
       <c r="B14" s="8" t="s">
-        <v>56</v>
+        <v>83</v>
       </c>
       <c r="C14" s="8" t="s">
-        <v>57</v>
+        <v>84</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="E14" s="8" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F14" s="8" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>85</v>
+      </c>
+      <c r="G14" s="15" t="s">
+        <v>36</v>
       </c>
       <c r="H14" s="23" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>36</v>
+      </c>
+      <c r="I14" s="15">
+        <v>61</v>
       </c>
       <c r="J14" s="23" t="s">
-        <v>28</v>
+        <v>85</v>
       </c>
       <c r="K14" s="15" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="L14" s="23" t="s">
-        <v>28</v>
+        <v>36</v>
+      </c>
+      <c r="M14" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="N14" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="O14" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="P14" s="23" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="G15" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="H15" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="I15" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="J15" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="K15" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="M15" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="N15" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="O15" s="16">
         <v>59</v>
       </c>
-      <c r="B15" s="1" t="s">
-[...30 lines deleted...]
-        <v>28</v>
+      <c r="P15" s="24" t="s">
+        <v>89</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="8" t="s">
-        <v>63</v>
+        <v>90</v>
       </c>
       <c r="B16" s="8" t="s">
-        <v>64</v>
+        <v>91</v>
       </c>
       <c r="C16" s="8" t="s">
-        <v>65</v>
+        <v>92</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>53</v>
+        <v>72</v>
       </c>
       <c r="E16" s="8" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F16" s="8" t="s">
-        <v>66</v>
+        <v>93</v>
       </c>
       <c r="G16" s="15">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="H16" s="23" t="s">
-        <v>66</v>
+        <v>94</v>
       </c>
       <c r="I16" s="15" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="J16" s="23" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="K16" s="15" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="L16" s="23" t="s">
-        <v>28</v>
+        <v>36</v>
+      </c>
+      <c r="M16" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="N16" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="O16" s="15">
+        <v>86</v>
+      </c>
+      <c r="P16" s="23" t="s">
+        <v>95</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="s">
-        <v>67</v>
+        <v>96</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>68</v>
+        <v>97</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>53</v>
+        <v>72</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>69</v>
+        <v>98</v>
       </c>
       <c r="G17" s="16">
         <v>8</v>
       </c>
       <c r="H17" s="24" t="s">
-        <v>69</v>
+        <v>99</v>
       </c>
       <c r="I17" s="16" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="J17" s="24" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="K17" s="16" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="L17" s="24" t="s">
-        <v>28</v>
+        <v>36</v>
+      </c>
+      <c r="M17" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="N17" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="O17" s="16">
+        <v>74</v>
+      </c>
+      <c r="P17" s="24" t="s">
+        <v>100</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="8" t="s">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="B18" s="8" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="C18" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="D18" s="8" t="s">
         <v>72</v>
       </c>
-      <c r="D18" s="8" t="s">
+      <c r="E18" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F18" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="G18" s="15">
         <v>7</v>
       </c>
-      <c r="E18" s="8" t="s">
-[...5 lines deleted...]
-      <c r="G18" s="17">
+      <c r="H18" s="23" t="s">
+        <v>105</v>
+      </c>
+      <c r="I18" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="J18" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="K18" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="M18" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="N18" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="O18" s="15">
+        <v>104</v>
+      </c>
+      <c r="P18" s="23" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="G19" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="H19" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="I19" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="J19" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="K19" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="M19" s="16">
+        <v>118</v>
+      </c>
+      <c r="N19" s="24" t="s">
+        <v>110</v>
+      </c>
+      <c r="O19" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="P19" s="24" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="B20" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="C20" s="8" t="s">
+        <v>112</v>
+      </c>
+      <c r="D20" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="F20" s="8" t="s">
+        <v>114</v>
+      </c>
+      <c r="G20" s="17">
         <v>10</v>
       </c>
-      <c r="H18" s="25" t="s">
-[...12 lines deleted...]
-        <v>28</v>
+      <c r="H20" s="25" t="s">
+        <v>114</v>
+      </c>
+      <c r="I20" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="J20" s="25" t="s">
+        <v>36</v>
+      </c>
+      <c r="K20" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L20" s="25" t="s">
+        <v>36</v>
+      </c>
+      <c r="M20" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="N20" s="25" t="s">
+        <v>36</v>
+      </c>
+      <c r="O20" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="P20" s="25" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F5"/>
     <mergeCell ref="G1:H1"/>
     <mergeCell ref="G2:H2"/>
     <mergeCell ref="G3:H3"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I1:J1"/>
     <mergeCell ref="I2:J2"/>
     <mergeCell ref="I3:J3"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="K1:L1"/>
     <mergeCell ref="K2:L2"/>
     <mergeCell ref="K3:L3"/>
     <mergeCell ref="K4:L4"/>
+    <mergeCell ref="M1:N1"/>
+    <mergeCell ref="M2:N2"/>
+    <mergeCell ref="M3:N3"/>
+    <mergeCell ref="M4:N4"/>
+    <mergeCell ref="O1:P1"/>
+    <mergeCell ref="O2:P2"/>
+    <mergeCell ref="O3:P3"/>
+    <mergeCell ref="O4:P4"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.25" top="0.25" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait"/>
   <headerFooter differentFirst="0" differentOddEven="1">
     <oddHeader>&amp;CSabre Hommes M20 (SHM20) 2025-2026</oddHeader>
     <oddFooter>&amp;CEscrime Nouvelle-Aquitaine</oddFooter>
     <evenHeader>&amp;CSabre Hommes M20 (SHM20) 2025-2026</evenHeader>
     <evenFooter>&amp;CEscrime Nouvelle-Aquitaine</evenFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>G. Texier</dc:creator>
   <dc:title>Calendrier Escrime Nouvelle-Aquitaine</dc:title>
   <dc:subject>Calendrier Escrime Nouvelle-Aquitaine</dc:subject>
-  <dc:description>Généré le 03/11/2025</dc:description>
+  <dc:description>Généré le 19/12/2025</dc:description>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
 </Properties>
 </file>