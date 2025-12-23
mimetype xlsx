--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -1986,33 +1986,33 @@
     <mergeCell ref="A75:A76"/>
     <mergeCell ref="A78:A79"/>
     <mergeCell ref="A80:A81"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.25" top="0.25" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup fitToWidth="0" orientation="landscape"/>
   <headerFooter differentFirst="0" differentOddEven="1">
     <oddHeader>&amp;CFleuret 2019-2020</oddHeader>
     <oddFooter>&amp;CEscrime Nouvelle-Aquitaine</oddFooter>
     <evenHeader>&amp;CFleuret 2019-2020</evenHeader>
     <evenFooter>&amp;CEscrime Nouvelle-Aquitaine</evenFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>G. Texier</dc:creator>
   <dc:title>Calendrier Escrime Nouvelle-Aquitaine</dc:title>
   <dc:subject>Calendrier Escrime Nouvelle-Aquitaine</dc:subject>
-  <dc:description>Généré le 04/11/2025</dc:description>
+  <dc:description>Généré le 23/12/2025</dc:description>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
 </Properties>
 </file>