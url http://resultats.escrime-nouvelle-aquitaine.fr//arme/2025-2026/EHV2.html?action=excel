--- v0 (2025-10-28)
+++ v1 (2025-12-21)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Epée" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="109" uniqueCount="109">
   <si>
     <t>Epée 2025-2026</t>
   </si>
   <si>
     <t>M9</t>
   </si>
   <si>
     <t>M11</t>
   </si>
   <si>
     <t>M13</t>
   </si>
   <si>
     <t>M15</t>
   </si>
   <si>
     <t>M17</t>
   </si>
   <si>
     <t>M20</t>
   </si>
   <si>
     <t>Séniors</t>
   </si>
   <si>
@@ -93,51 +93,57 @@
   <si>
     <t>Semaine 43</t>
   </si>
   <si>
     <t>Semaine 44 02/11/2025</t>
   </si>
   <si>
     <t>02/11 EN 1 Epée VETERAN</t>
   </si>
   <si>
     <t>Val Europe</t>
   </si>
   <si>
     <t>Semaine 45 09/11/2025</t>
   </si>
   <si>
     <t>09/11 EN 2 Epée M17</t>
   </si>
   <si>
     <t>Le Havre</t>
   </si>
   <si>
     <t>Semaine 46 16/11/2025</t>
   </si>
   <si>
+    <t>16/11 Scaramouche</t>
+  </si>
+  <si>
     <t>16/11 EN 2 Epée Senior Dame + équipe</t>
+  </si>
+  <si>
+    <t>Angers</t>
   </si>
   <si>
     <t>Mâcon</t>
   </si>
   <si>
     <t>Semaine 47 23/11/2025</t>
   </si>
   <si>
     <t>23/11 EN 2 Epée Senior homme</t>
   </si>
   <si>
     <t>Pont à Mousson</t>
   </si>
   <si>
     <t>Semaine 48 30/11/2025</t>
   </si>
   <si>
     <t>30/11 EN 2 Epée M20</t>
   </si>
   <si>
     <t>Toulouse</t>
   </si>
   <si>
     <t>Semaine 49 07/12/2025</t>
   </si>
@@ -792,883 +798,887 @@
       <c r="G14" s="13"/>
       <c r="H14" s="13"/>
       <c r="I14" s="13"/>
     </row>
     <row r="15">
       <c r="A15" s="18"/>
       <c r="B15" s="18"/>
       <c r="C15" s="18"/>
       <c r="D15" s="18"/>
       <c r="E15" s="18"/>
       <c r="F15" s="20" t="s">
         <v>26</v>
       </c>
       <c r="G15" s="18"/>
       <c r="H15" s="18"/>
       <c r="I15" s="18"/>
     </row>
     <row r="16">
       <c r="A16" s="12" t="s">
         <v>27</v>
       </c>
       <c r="B16" s="13"/>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
-      <c r="F16" s="13"/>
+      <c r="F16" s="15" t="s">
+        <v>28</v>
+      </c>
       <c r="G16" s="13"/>
       <c r="H16" s="17" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I16" s="13"/>
     </row>
     <row r="17">
       <c r="A17" s="18"/>
       <c r="B17" s="18"/>
       <c r="C17" s="18"/>
       <c r="D17" s="18"/>
       <c r="E17" s="18"/>
-      <c r="F17" s="18"/>
+      <c r="F17" s="20" t="s">
+        <v>30</v>
+      </c>
       <c r="G17" s="18"/>
       <c r="H17" s="22" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="I17" s="18"/>
     </row>
     <row r="18">
       <c r="A18" s="12" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B18" s="13"/>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="13"/>
       <c r="G18" s="13"/>
       <c r="H18" s="17" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="I18" s="13"/>
     </row>
     <row r="19">
       <c r="A19" s="18"/>
       <c r="B19" s="18"/>
       <c r="C19" s="18"/>
       <c r="D19" s="18"/>
       <c r="E19" s="18"/>
       <c r="F19" s="18"/>
       <c r="G19" s="18"/>
       <c r="H19" s="22" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="I19" s="18"/>
     </row>
     <row r="20">
       <c r="A20" s="12" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B20" s="13"/>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="13"/>
       <c r="G20" s="16" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="H20" s="13"/>
       <c r="I20" s="13"/>
     </row>
     <row r="21">
       <c r="A21" s="18"/>
       <c r="B21" s="18"/>
       <c r="C21" s="18"/>
       <c r="D21" s="18"/>
       <c r="E21" s="18"/>
       <c r="F21" s="18"/>
       <c r="G21" s="21" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H21" s="18"/>
       <c r="I21" s="18"/>
     </row>
     <row r="22">
       <c r="A22" s="12" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B22" s="13"/>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="14" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F22" s="15" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G22" s="16" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="H22" s="17" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="I22" s="23" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="18"/>
       <c r="B23" s="18"/>
       <c r="C23" s="18"/>
       <c r="D23" s="18"/>
       <c r="E23" s="19" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="F23" s="20" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G23" s="21" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="H23" s="22" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="I23" s="24" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B24" s="13"/>
       <c r="C24" s="13"/>
       <c r="D24" s="25" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E24" s="13"/>
       <c r="F24" s="13"/>
       <c r="G24" s="13"/>
       <c r="H24" s="13"/>
       <c r="I24" s="23" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="18"/>
       <c r="B25" s="18"/>
       <c r="C25" s="18"/>
       <c r="D25" s="26" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E25" s="18"/>
       <c r="F25" s="18"/>
       <c r="G25" s="18"/>
       <c r="H25" s="18"/>
       <c r="I25" s="24" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="9" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B26" s="10"/>
       <c r="C26" s="10"/>
       <c r="D26" s="10"/>
       <c r="E26" s="10"/>
       <c r="F26" s="10"/>
       <c r="G26" s="10"/>
       <c r="H26" s="10"/>
       <c r="I26" s="11"/>
     </row>
     <row r="27">
       <c r="A27" s="9" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B27" s="10"/>
       <c r="C27" s="10"/>
       <c r="D27" s="10"/>
       <c r="E27" s="10"/>
       <c r="F27" s="10"/>
       <c r="G27" s="10"/>
       <c r="H27" s="10"/>
       <c r="I27" s="11"/>
     </row>
     <row r="28">
       <c r="A28" s="9" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B28" s="10"/>
       <c r="C28" s="10"/>
       <c r="D28" s="10"/>
       <c r="E28" s="10"/>
       <c r="F28" s="10"/>
       <c r="G28" s="10"/>
       <c r="H28" s="10"/>
       <c r="I28" s="11"/>
     </row>
     <row r="29">
       <c r="A29" s="12" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B29" s="13"/>
       <c r="C29" s="13"/>
       <c r="D29" s="13"/>
       <c r="E29" s="14" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F29" s="15" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G29" s="16" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="H29" s="17" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="I29" s="23" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="18"/>
       <c r="B30" s="18"/>
       <c r="C30" s="18"/>
       <c r="D30" s="18"/>
       <c r="E30" s="19" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F30" s="20" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G30" s="21" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H30" s="22" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I30" s="24" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="12" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B31" s="13"/>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="13"/>
       <c r="G31" s="16" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="H31" s="13"/>
       <c r="I31" s="13"/>
     </row>
     <row r="32">
       <c r="A32" s="18"/>
       <c r="B32" s="18"/>
       <c r="C32" s="18"/>
       <c r="D32" s="18"/>
       <c r="E32" s="18"/>
       <c r="F32" s="18"/>
       <c r="G32" s="21" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="H32" s="18"/>
       <c r="I32" s="18"/>
     </row>
     <row r="33">
       <c r="A33" s="12" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B33" s="13"/>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="14" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="F33" s="13"/>
       <c r="G33" s="13"/>
       <c r="H33" s="13"/>
       <c r="I33" s="13"/>
     </row>
     <row r="34">
       <c r="A34" s="18"/>
       <c r="B34" s="18"/>
       <c r="C34" s="18"/>
       <c r="D34" s="18"/>
       <c r="E34" s="19" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F34" s="18"/>
       <c r="G34" s="18"/>
       <c r="H34" s="18"/>
       <c r="I34" s="18"/>
     </row>
     <row r="35">
       <c r="A35" s="12" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B35" s="13"/>
       <c r="C35" s="13"/>
       <c r="D35" s="25" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="E35" s="13"/>
       <c r="F35" s="13"/>
       <c r="G35" s="13"/>
       <c r="H35" s="17" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="I35" s="13"/>
     </row>
     <row r="36">
       <c r="A36" s="18"/>
       <c r="B36" s="18"/>
       <c r="C36" s="18"/>
       <c r="D36" s="26" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E36" s="18"/>
       <c r="F36" s="18"/>
       <c r="G36" s="18"/>
       <c r="H36" s="22" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="I36" s="18"/>
     </row>
     <row r="37">
       <c r="A37" s="9" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B37" s="10"/>
       <c r="C37" s="10"/>
       <c r="D37" s="10"/>
       <c r="E37" s="10"/>
       <c r="F37" s="10"/>
       <c r="G37" s="10"/>
       <c r="H37" s="10"/>
       <c r="I37" s="11"/>
     </row>
     <row r="38">
       <c r="A38" s="12" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B38" s="13"/>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="13"/>
       <c r="G38" s="13"/>
       <c r="H38" s="13"/>
       <c r="I38" s="23" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="18"/>
       <c r="B39" s="18"/>
       <c r="C39" s="18"/>
       <c r="D39" s="18"/>
       <c r="E39" s="18"/>
       <c r="F39" s="18"/>
       <c r="G39" s="18"/>
       <c r="H39" s="18"/>
       <c r="I39" s="24" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="12" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B40" s="13"/>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="15" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="G40" s="13"/>
       <c r="H40" s="13"/>
       <c r="I40" s="13"/>
     </row>
     <row r="41">
       <c r="A41" s="18"/>
       <c r="B41" s="18"/>
       <c r="C41" s="18"/>
       <c r="D41" s="18"/>
       <c r="E41" s="18"/>
       <c r="F41" s="20" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="G41" s="18"/>
       <c r="H41" s="18"/>
       <c r="I41" s="18"/>
     </row>
     <row r="42">
       <c r="A42" s="12" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B42" s="13"/>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="13"/>
       <c r="G42" s="13"/>
       <c r="H42" s="17" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="I42" s="13"/>
     </row>
     <row r="43">
       <c r="A43" s="27"/>
       <c r="B43" s="27"/>
       <c r="C43" s="27"/>
       <c r="D43" s="27"/>
       <c r="E43" s="27"/>
       <c r="F43" s="27"/>
       <c r="G43" s="27"/>
       <c r="H43" s="22" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="I43" s="27"/>
     </row>
     <row r="44">
       <c r="A44" s="27"/>
       <c r="B44" s="27"/>
       <c r="C44" s="27"/>
       <c r="D44" s="27"/>
       <c r="E44" s="27"/>
       <c r="F44" s="27"/>
       <c r="G44" s="27"/>
       <c r="H44" s="17" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="I44" s="27"/>
     </row>
     <row r="45">
       <c r="A45" s="18"/>
       <c r="B45" s="18"/>
       <c r="C45" s="18"/>
       <c r="D45" s="18"/>
       <c r="E45" s="18"/>
       <c r="F45" s="18"/>
       <c r="G45" s="18"/>
       <c r="H45" s="22" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="I45" s="18"/>
     </row>
     <row r="46">
       <c r="A46" s="9" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B46" s="10"/>
       <c r="C46" s="10"/>
       <c r="D46" s="10"/>
       <c r="E46" s="10"/>
       <c r="F46" s="10"/>
       <c r="G46" s="10"/>
       <c r="H46" s="10"/>
       <c r="I46" s="11"/>
     </row>
     <row r="47">
       <c r="A47" s="12" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B47" s="13"/>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="14" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="F47" s="15" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="G47" s="16" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="H47" s="17" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="I47" s="13"/>
     </row>
     <row r="48">
       <c r="A48" s="18"/>
       <c r="B48" s="18"/>
       <c r="C48" s="18"/>
       <c r="D48" s="18"/>
       <c r="E48" s="19" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F48" s="20" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="G48" s="21" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="H48" s="22" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="I48" s="18"/>
     </row>
     <row r="49">
       <c r="A49" s="9" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B49" s="10"/>
       <c r="C49" s="10"/>
       <c r="D49" s="10"/>
       <c r="E49" s="10"/>
       <c r="F49" s="10"/>
       <c r="G49" s="10"/>
       <c r="H49" s="10"/>
       <c r="I49" s="11"/>
     </row>
     <row r="50">
       <c r="A50" s="12" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B50" s="13"/>
       <c r="C50" s="13"/>
       <c r="D50" s="13"/>
       <c r="E50" s="14" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="F50" s="13"/>
       <c r="G50" s="13"/>
       <c r="H50" s="13"/>
       <c r="I50" s="13"/>
     </row>
     <row r="51">
       <c r="A51" s="18"/>
       <c r="B51" s="18"/>
       <c r="C51" s="18"/>
       <c r="D51" s="18"/>
       <c r="E51" s="19" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F51" s="18"/>
       <c r="G51" s="18"/>
       <c r="H51" s="18"/>
       <c r="I51" s="18"/>
     </row>
     <row r="52">
       <c r="A52" s="12" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B52" s="13"/>
       <c r="C52" s="13"/>
       <c r="D52" s="13"/>
       <c r="E52" s="13"/>
       <c r="F52" s="15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="G52" s="16" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="H52" s="17" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I52" s="13"/>
     </row>
     <row r="53">
       <c r="A53" s="18"/>
       <c r="B53" s="18"/>
       <c r="C53" s="18"/>
       <c r="D53" s="18"/>
       <c r="E53" s="18"/>
       <c r="F53" s="20" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G53" s="21" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="H53" s="22" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="I53" s="18"/>
     </row>
     <row r="54">
       <c r="A54" s="12" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B54" s="13"/>
       <c r="C54" s="13"/>
       <c r="D54" s="13"/>
       <c r="E54" s="13"/>
       <c r="F54" s="13"/>
       <c r="G54" s="13"/>
       <c r="H54" s="13"/>
       <c r="I54" s="23" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="18"/>
       <c r="B55" s="18"/>
       <c r="C55" s="18"/>
       <c r="D55" s="18"/>
       <c r="E55" s="18"/>
       <c r="F55" s="18"/>
       <c r="G55" s="18"/>
       <c r="H55" s="18"/>
       <c r="I55" s="24" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="12" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B56" s="13"/>
       <c r="C56" s="13"/>
       <c r="D56" s="13"/>
       <c r="E56" s="13"/>
       <c r="F56" s="13"/>
       <c r="G56" s="13"/>
       <c r="H56" s="17" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="I56" s="13"/>
     </row>
     <row r="57">
       <c r="A57" s="18"/>
       <c r="B57" s="18"/>
       <c r="C57" s="18"/>
       <c r="D57" s="18"/>
       <c r="E57" s="18"/>
       <c r="F57" s="18"/>
       <c r="G57" s="18"/>
       <c r="H57" s="22" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="I57" s="18"/>
     </row>
     <row r="58">
       <c r="A58" s="12" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B58" s="13"/>
       <c r="C58" s="13"/>
       <c r="D58" s="25" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E58" s="13"/>
       <c r="F58" s="13"/>
       <c r="G58" s="13"/>
       <c r="H58" s="13"/>
       <c r="I58" s="23" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="18"/>
       <c r="B59" s="18"/>
       <c r="C59" s="18"/>
       <c r="D59" s="26" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E59" s="18"/>
       <c r="F59" s="18"/>
       <c r="G59" s="18"/>
       <c r="H59" s="18"/>
       <c r="I59" s="24" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="9" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B60" s="10"/>
       <c r="C60" s="10"/>
       <c r="D60" s="10"/>
       <c r="E60" s="10"/>
       <c r="F60" s="10"/>
       <c r="G60" s="10"/>
       <c r="H60" s="10"/>
       <c r="I60" s="11"/>
     </row>
     <row r="61">
       <c r="A61" s="12" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B61" s="13"/>
       <c r="C61" s="13"/>
       <c r="D61" s="13"/>
       <c r="E61" s="13"/>
       <c r="F61" s="13"/>
       <c r="G61" s="13"/>
       <c r="H61" s="13"/>
       <c r="I61" s="23" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="18"/>
       <c r="B62" s="18"/>
       <c r="C62" s="18"/>
       <c r="D62" s="18"/>
       <c r="E62" s="18"/>
       <c r="F62" s="18"/>
       <c r="G62" s="18"/>
       <c r="H62" s="18"/>
       <c r="I62" s="24" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="12" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B63" s="13"/>
       <c r="C63" s="13"/>
       <c r="D63" s="13"/>
       <c r="E63" s="13"/>
       <c r="F63" s="13"/>
       <c r="G63" s="13"/>
       <c r="H63" s="17" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="I63" s="13"/>
     </row>
     <row r="64">
       <c r="A64" s="18"/>
       <c r="B64" s="18"/>
       <c r="C64" s="18"/>
       <c r="D64" s="18"/>
       <c r="E64" s="18"/>
       <c r="F64" s="18"/>
       <c r="G64" s="18"/>
       <c r="H64" s="22" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="I64" s="18"/>
     </row>
     <row r="65">
       <c r="A65" s="12" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B65" s="13"/>
       <c r="C65" s="13"/>
       <c r="D65" s="25" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="E65" s="13"/>
       <c r="F65" s="13"/>
       <c r="G65" s="13"/>
       <c r="H65" s="13"/>
       <c r="I65" s="23" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="18"/>
       <c r="B66" s="18"/>
       <c r="C66" s="18"/>
       <c r="D66" s="26" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E66" s="18"/>
       <c r="F66" s="18"/>
       <c r="G66" s="18"/>
       <c r="H66" s="18"/>
       <c r="I66" s="24" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="9" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B67" s="10"/>
       <c r="C67" s="10"/>
       <c r="D67" s="10"/>
       <c r="E67" s="10"/>
       <c r="F67" s="10"/>
       <c r="G67" s="10"/>
       <c r="H67" s="10"/>
       <c r="I67" s="11"/>
     </row>
     <row r="68">
       <c r="A68" s="9" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B68" s="10"/>
       <c r="C68" s="10"/>
       <c r="D68" s="10"/>
       <c r="E68" s="10"/>
       <c r="F68" s="10"/>
       <c r="G68" s="10"/>
       <c r="H68" s="10"/>
       <c r="I68" s="11"/>
     </row>
     <row r="69">
       <c r="A69" s="9" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B69" s="10"/>
       <c r="C69" s="10"/>
       <c r="D69" s="10"/>
       <c r="E69" s="10"/>
       <c r="F69" s="10"/>
       <c r="G69" s="10"/>
       <c r="H69" s="10"/>
       <c r="I69" s="11"/>
     </row>
     <row r="70">
       <c r="A70" s="9" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B70" s="10"/>
       <c r="C70" s="10"/>
       <c r="D70" s="10"/>
       <c r="E70" s="10"/>
       <c r="F70" s="10"/>
       <c r="G70" s="10"/>
       <c r="H70" s="10"/>
       <c r="I70" s="11"/>
     </row>
     <row r="71">
       <c r="A71" s="9" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B71" s="10"/>
       <c r="C71" s="10"/>
       <c r="D71" s="10"/>
       <c r="E71" s="10"/>
       <c r="F71" s="10"/>
       <c r="G71" s="10"/>
       <c r="H71" s="10"/>
       <c r="I71" s="11"/>
     </row>
     <row r="72">
       <c r="A72" s="9" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B72" s="10"/>
       <c r="C72" s="10"/>
       <c r="D72" s="10"/>
       <c r="E72" s="10"/>
       <c r="F72" s="10"/>
       <c r="G72" s="10"/>
       <c r="H72" s="10"/>
       <c r="I72" s="11"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="A9:A10"/>
     <mergeCell ref="A12:A13"/>
     <mergeCell ref="A14:A15"/>
     <mergeCell ref="A16:A17"/>
     <mergeCell ref="A18:A19"/>
     <mergeCell ref="A20:A21"/>
     <mergeCell ref="A22:A23"/>
     <mergeCell ref="A24:A25"/>
     <mergeCell ref="A29:A30"/>
     <mergeCell ref="A31:A32"/>
     <mergeCell ref="A33:A34"/>
     <mergeCell ref="A35:A36"/>
@@ -1684,33 +1694,33 @@
     <mergeCell ref="A61:A62"/>
     <mergeCell ref="A63:A64"/>
     <mergeCell ref="A65:A66"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.25" top="0.25" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup fitToWidth="0" orientation="landscape"/>
   <headerFooter differentFirst="0" differentOddEven="1">
     <oddHeader>&amp;CEpée 2025-2026</oddHeader>
     <oddFooter>&amp;CEscrime Nouvelle-Aquitaine</oddFooter>
     <evenHeader>&amp;CEpée 2025-2026</evenHeader>
     <evenFooter>&amp;CEscrime Nouvelle-Aquitaine</evenFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>G. Texier</dc:creator>
   <dc:title>Calendrier Escrime Nouvelle-Aquitaine</dc:title>
   <dc:subject>Calendrier Escrime Nouvelle-Aquitaine</dc:subject>
-  <dc:description>Généré le 28/10/2025</dc:description>
+  <dc:description>Généré le 21/12/2025</dc:description>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
 </Properties>
 </file>