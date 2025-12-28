--- v0 (2025-11-03)
+++ v1 (2025-12-28)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Fleuret" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="101" uniqueCount="101">
   <si>
     <t>Fleuret 2025-2026</t>
   </si>
   <si>
     <t>M9</t>
   </si>
   <si>
     <t>M11</t>
   </si>
   <si>
     <t>M13</t>
   </si>
   <si>
     <t>M15</t>
   </si>
   <si>
     <t>M17</t>
   </si>
   <si>
     <t>M20</t>
   </si>
   <si>
     <t>Séniors</t>
   </si>
   <si>
@@ -99,150 +99,171 @@
   <si>
     <t>Semaine 43 26/10/2025</t>
   </si>
   <si>
     <t>26/10 EN 1 Sabre/Fleuret VETERAN</t>
   </si>
   <si>
     <t>Hérouville</t>
   </si>
   <si>
     <t>Semaine 44</t>
   </si>
   <si>
     <t>Semaine 45 09/11/2025</t>
   </si>
   <si>
     <t>09/11 EN 2 Fleuret M20</t>
   </si>
   <si>
     <t>Hénin Beaumont</t>
   </si>
   <si>
     <t>Semaine 46 16/11/2025</t>
   </si>
   <si>
+    <t>16/11 Scaramouche</t>
+  </si>
+  <si>
     <t>16/11 EN 3 Fleuret Senior</t>
   </si>
   <si>
+    <t>Angers</t>
+  </si>
+  <si>
     <t>Bourg-les-Valence</t>
   </si>
   <si>
     <t>Semaine 47 23/11/2025</t>
   </si>
   <si>
     <t>23/11 ER 2 Fleuret + H2036 1/8 de finale M15 à Senior</t>
   </si>
   <si>
+    <t>22/11 ER Titans</t>
+  </si>
+  <si>
     <t>La Rochelle</t>
   </si>
   <si>
+    <t>Nantes</t>
+  </si>
+  <si>
     <t>Semaine 48</t>
   </si>
   <si>
-    <t>Semaine 49</t>
+    <t>Semaine 49 07/12/2025</t>
+  </si>
+  <si>
+    <t>07/12 Challenge Open 87</t>
+  </si>
+  <si>
+    <t>Limoges</t>
   </si>
   <si>
     <t>Semaine 50 14/12/2025</t>
   </si>
   <si>
     <t>14/12 ER 3 Fleuret M13 à Senior</t>
   </si>
   <si>
     <t>14/12 EN 2 Sabre/Fleuret VETERAN</t>
   </si>
   <si>
     <t>Bordeaux</t>
   </si>
   <si>
     <t>Lyon</t>
   </si>
   <si>
     <t>Semaine 51</t>
   </si>
   <si>
     <t>Semaine 52</t>
   </si>
   <si>
     <t>Semaine 53</t>
   </si>
   <si>
     <t>Semaine 2 11/01/2026</t>
   </si>
   <si>
     <t xml:space="preserve">11/01 Chpt NA Fleuret indiv. M13 à Senior </t>
   </si>
   <si>
     <t>Châtellerault</t>
   </si>
   <si>
     <t>Semaine 3 18/01/2026</t>
   </si>
   <si>
     <t>18/01 EN 2 Fleuret M17</t>
   </si>
   <si>
-    <t xml:space="preserve">15/01 EN 5 Fleuret Senior </t>
-[...1 lines deleted...]
-  <si>
     <t>Calais</t>
   </si>
   <si>
     <t>Semaine 4 25/01/2026</t>
   </si>
   <si>
     <t>25/01 H2036 1/4 de finale Fleuret/Epée</t>
   </si>
   <si>
     <t>25/01 EN 4 Fleuret Senior</t>
   </si>
   <si>
     <t>Toulouse</t>
   </si>
   <si>
     <t>Bourg-la-reine</t>
   </si>
   <si>
     <t>Semaine 5</t>
   </si>
   <si>
     <t>Semaine 6 08/02/2026</t>
   </si>
   <si>
     <t>08/02 EN 3 Fleuret/Sabre VETERAN</t>
   </si>
   <si>
     <t>Fasches Thumesnil</t>
   </si>
   <si>
-    <t>Semaine 7</t>
+    <t>Semaine 7 15/02/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15/02 EN 5 Fleuret Senior </t>
   </si>
   <si>
     <t>Semaine 8</t>
   </si>
   <si>
-    <t>Semaine 9</t>
+    <t>Semaine 9 01/03/2026</t>
+  </si>
+  <si>
+    <t>01/03 Chpt NA Fleuret Equipe M13 à Senior</t>
   </si>
   <si>
     <t>Semaine 10 08/03/2026</t>
   </si>
   <si>
     <t>08/03 EN 4 Fleuret/Sabre VETERAN</t>
   </si>
   <si>
     <t>Dijon</t>
   </si>
   <si>
     <t>Semaine 11 15/03/2026</t>
   </si>
   <si>
     <t>15/03 EN 3 Fleuret M20 indiv + Equ</t>
   </si>
   <si>
     <t>Aix en Provence</t>
   </si>
   <si>
     <t>Semaine 12 22/03/2026</t>
   </si>
   <si>
     <t>22/03 H2036 1/2 finale Fleuret</t>
   </si>
@@ -354,51 +375,51 @@
       <patternFill patternType="solid">
         <fgColor rgb="FF9CFF88" tint="0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEE75" tint="0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFE9227" tint="0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFE8484" tint="0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD3D3D3" tint="0"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="6">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000" tint="0"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000" tint="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000" tint="0"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF000000" tint="0"/>
@@ -425,112 +446,124 @@
       <left style="thin">
         <color rgb="FF000000" tint="0"/>
       </left>
       <right style="thin">
         <color rgb="FF000000" tint="0"/>
       </right>
       <top style="thin">
         <color rgb="FF000000" tint="0"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000" tint="0"/>
       </left>
       <right style="thin">
         <color rgb="FF000000" tint="0"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000" tint="0"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000" tint="0"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000" tint="0"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf fontId="0"/>
   </cellStyleXfs>
-  <cellXfs count="27">
+  <cellXfs count="28">
     <xf fontId="0" applyFont="1" xfId="0"/>
     <xf fontId="1" applyFont="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="3" applyFill="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="4" applyFill="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="5" applyFill="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="6" applyFill="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="7" applyFill="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="8" applyFill="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="9" applyFill="1" borderId="2" applyBorder="1" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf fontId="1" applyFont="1" fillId="9" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="9" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" borderId="4" applyBorder="1" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf fontId="1" applyFont="1" borderId="4" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="4" applyFill="1" borderId="4" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="5" applyFill="1" borderId="4" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="6" applyFill="1" borderId="4" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="7" applyFill="1" borderId="4" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="8" applyFill="1" borderId="4" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" borderId="5" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="4" applyFill="1" borderId="5" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="5" applyFill="1" borderId="5" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="6" applyFill="1" borderId="5" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="7" applyFill="1" borderId="5" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="8" applyFill="1" borderId="5" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="4" applyBorder="1" xfId="0"/>
     <xf fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="5" applyBorder="1" xfId="0"/>
+    <xf fontId="1" applyFont="1" borderId="6" applyBorder="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:I63"/>
+  <dimension ref="A1:I68"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="17.5546226501465" customWidth="1" style="1"/>
     <col min="2" max="2" width="9.140625" customWidth="1" style="1"/>
     <col min="3" max="3" width="9.140625" customWidth="1" style="1"/>
-    <col min="4" max="4" width="38.4926719665527" customWidth="1" style="1"/>
+    <col min="4" max="4" width="39.7387657165527" customWidth="1" style="1"/>
     <col min="5" max="5" width="49.115161895752" customWidth="1" style="1"/>
     <col min="6" max="6" width="49.115161895752" customWidth="1" style="1"/>
     <col min="7" max="7" width="49.115161895752" customWidth="1" style="1"/>
     <col min="8" max="8" width="49.115161895752" customWidth="1" style="1"/>
     <col min="9" max="16384" width="32.3737258911133" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="5" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="6" t="s">
         <v>5</v>
@@ -758,778 +791,876 @@
       <c r="G15" s="17" t="s">
         <v>27</v>
       </c>
       <c r="H15" s="13"/>
       <c r="I15" s="13"/>
     </row>
     <row r="16">
       <c r="A16" s="19"/>
       <c r="B16" s="19"/>
       <c r="C16" s="19"/>
       <c r="D16" s="19"/>
       <c r="E16" s="19"/>
       <c r="F16" s="19"/>
       <c r="G16" s="23" t="s">
         <v>28</v>
       </c>
       <c r="H16" s="19"/>
       <c r="I16" s="19"/>
     </row>
     <row r="17">
       <c r="A17" s="12" t="s">
         <v>29</v>
       </c>
       <c r="B17" s="13"/>
       <c r="C17" s="13"/>
-      <c r="D17" s="13"/>
-[...1 lines deleted...]
-      <c r="F17" s="13"/>
+      <c r="D17" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E17" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="F17" s="16" t="s">
+        <v>30</v>
+      </c>
       <c r="G17" s="13"/>
       <c r="H17" s="18" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I17" s="13"/>
     </row>
     <row r="18">
       <c r="A18" s="19"/>
       <c r="B18" s="19"/>
       <c r="C18" s="19"/>
-      <c r="D18" s="19"/>
-[...1 lines deleted...]
-      <c r="F18" s="19"/>
+      <c r="D18" s="20" t="s">
+        <v>32</v>
+      </c>
+      <c r="E18" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="F18" s="22" t="s">
+        <v>32</v>
+      </c>
       <c r="G18" s="19"/>
       <c r="H18" s="24" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="I18" s="19"/>
     </row>
     <row r="19">
       <c r="A19" s="12" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B19" s="13"/>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="15" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F19" s="16" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G19" s="17" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H19" s="18" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I19" s="13"/>
     </row>
     <row r="20">
-      <c r="A20" s="19"/>
-[...2 lines deleted...]
-      <c r="D20" s="19"/>
+      <c r="A20" s="27"/>
+      <c r="B20" s="27"/>
+      <c r="C20" s="27"/>
+      <c r="D20" s="27"/>
       <c r="E20" s="21" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="F20" s="22" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="G20" s="23" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="H20" s="24" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="I20" s="19"/>
+        <v>38</v>
+      </c>
+      <c r="I20" s="27"/>
     </row>
     <row r="21">
-      <c r="A21" s="9" t="s">
+      <c r="A21" s="27"/>
+      <c r="B21" s="27"/>
+      <c r="C21" s="27"/>
+      <c r="D21" s="27"/>
+      <c r="E21" s="27"/>
+      <c r="F21" s="27"/>
+      <c r="G21" s="27"/>
+      <c r="H21" s="18" t="s">
         <v>35</v>
       </c>
-      <c r="B21" s="10"/>
-[...6 lines deleted...]
-      <c r="I21" s="11"/>
+      <c r="I21" s="27"/>
     </row>
     <row r="22">
-      <c r="A22" s="9" t="s">
-[...9 lines deleted...]
-      <c r="I22" s="11"/>
+      <c r="A22" s="19"/>
+      <c r="B22" s="19"/>
+      <c r="C22" s="19"/>
+      <c r="D22" s="19"/>
+      <c r="E22" s="19"/>
+      <c r="F22" s="19"/>
+      <c r="G22" s="19"/>
+      <c r="H22" s="24" t="s">
+        <v>37</v>
+      </c>
+      <c r="I22" s="19"/>
     </row>
     <row r="23">
-      <c r="A23" s="12" t="s">
-[...19 lines deleted...]
-      <c r="I23" s="25" t="s">
+      <c r="A23" s="9" t="s">
         <v>39</v>
       </c>
+      <c r="B23" s="10"/>
+      <c r="C23" s="10"/>
+      <c r="D23" s="10"/>
+      <c r="E23" s="10"/>
+      <c r="F23" s="10"/>
+      <c r="G23" s="10"/>
+      <c r="H23" s="10"/>
+      <c r="I23" s="11"/>
     </row>
     <row r="24">
-      <c r="A24" s="19"/>
-[...2 lines deleted...]
-      <c r="D24" s="20" t="s">
+      <c r="A24" s="12" t="s">
         <v>40</v>
       </c>
-      <c r="E24" s="21" t="s">
-[...11 lines deleted...]
-      <c r="I24" s="26" t="s">
+      <c r="B24" s="13"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="14" t="s">
         <v>41</v>
       </c>
+      <c r="E24" s="13"/>
+      <c r="F24" s="13"/>
+      <c r="G24" s="13"/>
+      <c r="H24" s="13"/>
+      <c r="I24" s="13"/>
     </row>
     <row r="25">
-      <c r="A25" s="9" t="s">
+      <c r="A25" s="19"/>
+      <c r="B25" s="19"/>
+      <c r="C25" s="19"/>
+      <c r="D25" s="20" t="s">
         <v>42</v>
       </c>
-      <c r="B25" s="10"/>
-[...6 lines deleted...]
-      <c r="I25" s="11"/>
+      <c r="E25" s="19"/>
+      <c r="F25" s="19"/>
+      <c r="G25" s="19"/>
+      <c r="H25" s="19"/>
+      <c r="I25" s="19"/>
     </row>
     <row r="26">
-      <c r="A26" s="9" t="s">
+      <c r="A26" s="12" t="s">
         <v>43</v>
       </c>
-      <c r="B26" s="10"/>
-[...6 lines deleted...]
-      <c r="I26" s="11"/>
+      <c r="B26" s="13"/>
+      <c r="C26" s="13"/>
+      <c r="D26" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="E26" s="15" t="s">
+        <v>44</v>
+      </c>
+      <c r="F26" s="16" t="s">
+        <v>44</v>
+      </c>
+      <c r="G26" s="17" t="s">
+        <v>44</v>
+      </c>
+      <c r="H26" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="I26" s="25" t="s">
+        <v>45</v>
+      </c>
     </row>
     <row r="27">
-      <c r="A27" s="9" t="s">
-[...9 lines deleted...]
-      <c r="I27" s="11"/>
+      <c r="A27" s="19"/>
+      <c r="B27" s="19"/>
+      <c r="C27" s="19"/>
+      <c r="D27" s="20" t="s">
+        <v>46</v>
+      </c>
+      <c r="E27" s="21" t="s">
+        <v>46</v>
+      </c>
+      <c r="F27" s="22" t="s">
+        <v>46</v>
+      </c>
+      <c r="G27" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="H27" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="I27" s="26" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="28">
-      <c r="A28" s="12" t="s">
-[...19 lines deleted...]
-      <c r="I28" s="13"/>
+      <c r="A28" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="B28" s="10"/>
+      <c r="C28" s="10"/>
+      <c r="D28" s="10"/>
+      <c r="E28" s="10"/>
+      <c r="F28" s="10"/>
+      <c r="G28" s="10"/>
+      <c r="H28" s="10"/>
+      <c r="I28" s="11"/>
     </row>
     <row r="29">
-      <c r="A29" s="19"/>
-[...17 lines deleted...]
-      <c r="I29" s="19"/>
+      <c r="A29" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B29" s="10"/>
+      <c r="C29" s="10"/>
+      <c r="D29" s="10"/>
+      <c r="E29" s="10"/>
+      <c r="F29" s="10"/>
+      <c r="G29" s="10"/>
+      <c r="H29" s="10"/>
+      <c r="I29" s="11"/>
     </row>
     <row r="30">
-      <c r="A30" s="12" t="s">
-[...10 lines deleted...]
-      <c r="H30" s="18" t="s">
+      <c r="A30" s="9" t="s">
         <v>50</v>
       </c>
-      <c r="I30" s="13"/>
+      <c r="B30" s="10"/>
+      <c r="C30" s="10"/>
+      <c r="D30" s="10"/>
+      <c r="E30" s="10"/>
+      <c r="F30" s="10"/>
+      <c r="G30" s="10"/>
+      <c r="H30" s="10"/>
+      <c r="I30" s="11"/>
     </row>
     <row r="31">
-      <c r="A31" s="19"/>
-[...4 lines deleted...]
-      <c r="F31" s="22" t="s">
+      <c r="A31" s="12" t="s">
         <v>51</v>
       </c>
-      <c r="G31" s="19"/>
-[...3 lines deleted...]
-      <c r="I31" s="19"/>
+      <c r="B31" s="13"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="E31" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F31" s="16" t="s">
+        <v>52</v>
+      </c>
+      <c r="G31" s="17" t="s">
+        <v>52</v>
+      </c>
+      <c r="H31" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="I31" s="13"/>
     </row>
     <row r="32">
-      <c r="A32" s="12" t="s">
-[...5 lines deleted...]
-      <c r="E32" s="15" t="s">
+      <c r="A32" s="19"/>
+      <c r="B32" s="19"/>
+      <c r="C32" s="19"/>
+      <c r="D32" s="20" t="s">
         <v>53</v>
       </c>
-      <c r="F32" s="13"/>
-[...1 lines deleted...]
-      <c r="H32" s="18" t="s">
+      <c r="E32" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="F32" s="22" t="s">
+        <v>53</v>
+      </c>
+      <c r="G32" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="H32" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="I32" s="19"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="12" t="s">
         <v>54</v>
       </c>
-      <c r="I32" s="13"/>
-[...6 lines deleted...]
-      <c r="E33" s="21" t="s">
+      <c r="B33" s="13"/>
+      <c r="C33" s="13"/>
+      <c r="D33" s="13"/>
+      <c r="E33" s="13"/>
+      <c r="F33" s="16" t="s">
         <v>55</v>
       </c>
-      <c r="F33" s="19"/>
-[...1 lines deleted...]
-      <c r="H33" s="24" t="s">
+      <c r="G33" s="13"/>
+      <c r="H33" s="13"/>
+      <c r="I33" s="13"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="19"/>
+      <c r="B34" s="19"/>
+      <c r="C34" s="19"/>
+      <c r="D34" s="19"/>
+      <c r="E34" s="19"/>
+      <c r="F34" s="22" t="s">
         <v>56</v>
       </c>
-      <c r="I33" s="19"/>
-[...12 lines deleted...]
-      <c r="I34" s="11"/>
+      <c r="G34" s="19"/>
+      <c r="H34" s="19"/>
+      <c r="I34" s="19"/>
     </row>
     <row r="35">
       <c r="A35" s="12" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B35" s="13"/>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
-      <c r="E35" s="13"/>
+      <c r="E35" s="15" t="s">
+        <v>58</v>
+      </c>
       <c r="F35" s="13"/>
       <c r="G35" s="13"/>
-      <c r="H35" s="13"/>
-      <c r="I35" s="25" t="s">
+      <c r="H35" s="18" t="s">
         <v>59</v>
       </c>
+      <c r="I35" s="13"/>
     </row>
     <row r="36">
       <c r="A36" s="19"/>
       <c r="B36" s="19"/>
       <c r="C36" s="19"/>
       <c r="D36" s="19"/>
-      <c r="E36" s="19"/>
+      <c r="E36" s="21" t="s">
+        <v>60</v>
+      </c>
       <c r="F36" s="19"/>
       <c r="G36" s="19"/>
-      <c r="H36" s="19"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H36" s="24" t="s">
+        <v>61</v>
+      </c>
+      <c r="I36" s="19"/>
     </row>
     <row r="37">
       <c r="A37" s="9" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B37" s="10"/>
       <c r="C37" s="10"/>
       <c r="D37" s="10"/>
       <c r="E37" s="10"/>
       <c r="F37" s="10"/>
       <c r="G37" s="10"/>
       <c r="H37" s="10"/>
       <c r="I37" s="11"/>
     </row>
     <row r="38">
-      <c r="A38" s="9" t="s">
-[...9 lines deleted...]
-      <c r="I38" s="11"/>
+      <c r="A38" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B38" s="13"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="13"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="13"/>
+      <c r="H38" s="13"/>
+      <c r="I38" s="25" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="39">
-      <c r="A39" s="9" t="s">
-[...9 lines deleted...]
-      <c r="I39" s="11"/>
+      <c r="A39" s="19"/>
+      <c r="B39" s="19"/>
+      <c r="C39" s="19"/>
+      <c r="D39" s="19"/>
+      <c r="E39" s="19"/>
+      <c r="F39" s="19"/>
+      <c r="G39" s="19"/>
+      <c r="H39" s="19"/>
+      <c r="I39" s="26" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="40">
       <c r="A40" s="12" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B40" s="13"/>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="13"/>
       <c r="G40" s="13"/>
-      <c r="H40" s="13"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H40" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="I40" s="13"/>
     </row>
     <row r="41">
       <c r="A41" s="19"/>
       <c r="B41" s="19"/>
       <c r="C41" s="19"/>
       <c r="D41" s="19"/>
       <c r="E41" s="19"/>
       <c r="F41" s="19"/>
       <c r="G41" s="19"/>
-      <c r="H41" s="19"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H41" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="I41" s="19"/>
     </row>
     <row r="42">
-      <c r="A42" s="12" t="s">
-[...7 lines deleted...]
-      <c r="G42" s="17" t="s">
+      <c r="A42" s="9" t="s">
         <v>68</v>
       </c>
-      <c r="H42" s="13"/>
-      <c r="I42" s="13"/>
+      <c r="B42" s="10"/>
+      <c r="C42" s="10"/>
+      <c r="D42" s="10"/>
+      <c r="E42" s="10"/>
+      <c r="F42" s="10"/>
+      <c r="G42" s="10"/>
+      <c r="H42" s="10"/>
+      <c r="I42" s="11"/>
     </row>
     <row r="43">
-      <c r="A43" s="19"/>
-[...5 lines deleted...]
-      <c r="G43" s="23" t="s">
+      <c r="A43" s="12" t="s">
         <v>69</v>
       </c>
-      <c r="H43" s="19"/>
-      <c r="I43" s="19"/>
+      <c r="B43" s="13"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14" t="s">
+        <v>70</v>
+      </c>
+      <c r="E43" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="F43" s="16" t="s">
+        <v>70</v>
+      </c>
+      <c r="G43" s="17" t="s">
+        <v>70</v>
+      </c>
+      <c r="H43" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="I43" s="13"/>
     </row>
     <row r="44">
-      <c r="A44" s="12" t="s">
-[...5 lines deleted...]
-      <c r="E44" s="15" t="s">
+      <c r="A44" s="19"/>
+      <c r="B44" s="19"/>
+      <c r="C44" s="19"/>
+      <c r="D44" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="E44" s="21" t="s">
+        <v>42</v>
+      </c>
+      <c r="F44" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="G44" s="23" t="s">
+        <v>42</v>
+      </c>
+      <c r="H44" s="24" t="s">
+        <v>42</v>
+      </c>
+      <c r="I44" s="19"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="12" t="s">
         <v>71</v>
       </c>
-      <c r="F44" s="13"/>
-[...9 lines deleted...]
-      <c r="E45" s="21" t="s">
+      <c r="B45" s="13"/>
+      <c r="C45" s="13"/>
+      <c r="D45" s="13"/>
+      <c r="E45" s="13"/>
+      <c r="F45" s="13"/>
+      <c r="G45" s="13"/>
+      <c r="H45" s="13"/>
+      <c r="I45" s="25" t="s">
         <v>72</v>
       </c>
-      <c r="F45" s="19"/>
-[...2 lines deleted...]
-      <c r="I45" s="19"/>
     </row>
     <row r="46">
-      <c r="A46" s="12" t="s">
+      <c r="A46" s="19"/>
+      <c r="B46" s="19"/>
+      <c r="C46" s="19"/>
+      <c r="D46" s="19"/>
+      <c r="E46" s="19"/>
+      <c r="F46" s="19"/>
+      <c r="G46" s="19"/>
+      <c r="H46" s="19"/>
+      <c r="I46" s="26" t="s">
         <v>73</v>
       </c>
-      <c r="B46" s="13"/>
-[...3 lines deleted...]
-      <c r="F46" s="16" t="s">
+    </row>
+    <row r="47">
+      <c r="A47" s="12" t="s">
         <v>74</v>
       </c>
-      <c r="G46" s="13"/>
-[...9 lines deleted...]
-      <c r="F47" s="22" t="s">
+      <c r="B47" s="13"/>
+      <c r="C47" s="13"/>
+      <c r="D47" s="13"/>
+      <c r="E47" s="13"/>
+      <c r="F47" s="13"/>
+      <c r="G47" s="17" t="s">
         <v>75</v>
       </c>
-      <c r="G47" s="19"/>
-[...1 lines deleted...]
-      <c r="I47" s="19"/>
+      <c r="H47" s="13"/>
+      <c r="I47" s="13"/>
     </row>
     <row r="48">
-      <c r="A48" s="12" t="s">
+      <c r="A48" s="19"/>
+      <c r="B48" s="19"/>
+      <c r="C48" s="19"/>
+      <c r="D48" s="19"/>
+      <c r="E48" s="19"/>
+      <c r="F48" s="19"/>
+      <c r="G48" s="23" t="s">
         <v>76</v>
       </c>
-      <c r="B48" s="13"/>
-[...1 lines deleted...]
-      <c r="D48" s="14" t="s">
+      <c r="H48" s="19"/>
+      <c r="I48" s="19"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="12" t="s">
         <v>77</v>
       </c>
-      <c r="E48" s="15" t="s">
-[...17 lines deleted...]
-      <c r="D49" s="20" t="s">
+      <c r="B49" s="13"/>
+      <c r="C49" s="13"/>
+      <c r="D49" s="13"/>
+      <c r="E49" s="15" t="s">
         <v>78</v>
       </c>
-      <c r="E49" s="21" t="s">
-[...11 lines deleted...]
-      <c r="I49" s="19"/>
+      <c r="F49" s="13"/>
+      <c r="G49" s="13"/>
+      <c r="H49" s="13"/>
+      <c r="I49" s="13"/>
     </row>
     <row r="50">
-      <c r="A50" s="12" t="s">
+      <c r="A50" s="19"/>
+      <c r="B50" s="19"/>
+      <c r="C50" s="19"/>
+      <c r="D50" s="19"/>
+      <c r="E50" s="21" t="s">
         <v>79</v>
       </c>
-      <c r="B50" s="13"/>
-[...5 lines deleted...]
-      <c r="H50" s="18" t="s">
+      <c r="F50" s="19"/>
+      <c r="G50" s="19"/>
+      <c r="H50" s="19"/>
+      <c r="I50" s="19"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="12" t="s">
         <v>80</v>
       </c>
-      <c r="I50" s="13"/>
-[...9 lines deleted...]
-      <c r="H51" s="24" t="s">
+      <c r="B51" s="13"/>
+      <c r="C51" s="13"/>
+      <c r="D51" s="13"/>
+      <c r="E51" s="13"/>
+      <c r="F51" s="16" t="s">
         <v>81</v>
       </c>
-      <c r="I51" s="19"/>
+      <c r="G51" s="13"/>
+      <c r="H51" s="13"/>
+      <c r="I51" s="13"/>
     </row>
     <row r="52">
-      <c r="A52" s="9" t="s">
+      <c r="A52" s="19"/>
+      <c r="B52" s="19"/>
+      <c r="C52" s="19"/>
+      <c r="D52" s="19"/>
+      <c r="E52" s="19"/>
+      <c r="F52" s="22" t="s">
         <v>82</v>
       </c>
-      <c r="B52" s="10"/>
-[...6 lines deleted...]
-      <c r="I52" s="11"/>
+      <c r="G52" s="19"/>
+      <c r="H52" s="19"/>
+      <c r="I52" s="19"/>
     </row>
     <row r="53">
-      <c r="A53" s="9" t="s">
+      <c r="A53" s="12" t="s">
         <v>83</v>
       </c>
-      <c r="B53" s="10"/>
-[...6 lines deleted...]
-      <c r="I53" s="11"/>
+      <c r="B53" s="13"/>
+      <c r="C53" s="13"/>
+      <c r="D53" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="E53" s="15" t="s">
+        <v>84</v>
+      </c>
+      <c r="F53" s="16" t="s">
+        <v>84</v>
+      </c>
+      <c r="G53" s="17" t="s">
+        <v>84</v>
+      </c>
+      <c r="H53" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="I53" s="13"/>
     </row>
     <row r="54">
-      <c r="A54" s="9" t="s">
-[...9 lines deleted...]
-      <c r="I54" s="11"/>
+      <c r="A54" s="19"/>
+      <c r="B54" s="19"/>
+      <c r="C54" s="19"/>
+      <c r="D54" s="20" t="s">
+        <v>85</v>
+      </c>
+      <c r="E54" s="21" t="s">
+        <v>85</v>
+      </c>
+      <c r="F54" s="22" t="s">
+        <v>85</v>
+      </c>
+      <c r="G54" s="23" t="s">
+        <v>85</v>
+      </c>
+      <c r="H54" s="24" t="s">
+        <v>85</v>
+      </c>
+      <c r="I54" s="19"/>
     </row>
     <row r="55">
-      <c r="A55" s="9" t="s">
-[...9 lines deleted...]
-      <c r="I55" s="11"/>
+      <c r="A55" s="12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B55" s="13"/>
+      <c r="C55" s="13"/>
+      <c r="D55" s="13"/>
+      <c r="E55" s="13"/>
+      <c r="F55" s="13"/>
+      <c r="G55" s="13"/>
+      <c r="H55" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="I55" s="13"/>
     </row>
     <row r="56">
-      <c r="A56" s="9" t="s">
-[...9 lines deleted...]
-      <c r="I56" s="11"/>
+      <c r="A56" s="19"/>
+      <c r="B56" s="19"/>
+      <c r="C56" s="19"/>
+      <c r="D56" s="19"/>
+      <c r="E56" s="19"/>
+      <c r="F56" s="19"/>
+      <c r="G56" s="19"/>
+      <c r="H56" s="24" t="s">
+        <v>88</v>
+      </c>
+      <c r="I56" s="19"/>
     </row>
     <row r="57">
       <c r="A57" s="9" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B57" s="10"/>
       <c r="C57" s="10"/>
       <c r="D57" s="10"/>
       <c r="E57" s="10"/>
       <c r="F57" s="10"/>
       <c r="G57" s="10"/>
       <c r="H57" s="10"/>
       <c r="I57" s="11"/>
     </row>
     <row r="58">
       <c r="A58" s="9" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B58" s="10"/>
       <c r="C58" s="10"/>
       <c r="D58" s="10"/>
       <c r="E58" s="10"/>
       <c r="F58" s="10"/>
       <c r="G58" s="10"/>
       <c r="H58" s="10"/>
       <c r="I58" s="11"/>
     </row>
     <row r="59">
       <c r="A59" s="9" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B59" s="10"/>
       <c r="C59" s="10"/>
       <c r="D59" s="10"/>
       <c r="E59" s="10"/>
       <c r="F59" s="10"/>
       <c r="G59" s="10"/>
       <c r="H59" s="10"/>
       <c r="I59" s="11"/>
     </row>
     <row r="60">
       <c r="A60" s="9" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B60" s="10"/>
       <c r="C60" s="10"/>
       <c r="D60" s="10"/>
       <c r="E60" s="10"/>
       <c r="F60" s="10"/>
       <c r="G60" s="10"/>
       <c r="H60" s="10"/>
       <c r="I60" s="11"/>
     </row>
     <row r="61">
       <c r="A61" s="9" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B61" s="10"/>
       <c r="C61" s="10"/>
       <c r="D61" s="10"/>
       <c r="E61" s="10"/>
       <c r="F61" s="10"/>
       <c r="G61" s="10"/>
       <c r="H61" s="10"/>
       <c r="I61" s="11"/>
     </row>
     <row r="62">
       <c r="A62" s="9" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B62" s="10"/>
       <c r="C62" s="10"/>
       <c r="D62" s="10"/>
       <c r="E62" s="10"/>
       <c r="F62" s="10"/>
       <c r="G62" s="10"/>
       <c r="H62" s="10"/>
       <c r="I62" s="11"/>
     </row>
     <row r="63">
       <c r="A63" s="9" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B63" s="10"/>
       <c r="C63" s="10"/>
       <c r="D63" s="10"/>
       <c r="E63" s="10"/>
       <c r="F63" s="10"/>
       <c r="G63" s="10"/>
       <c r="H63" s="10"/>
       <c r="I63" s="11"/>
     </row>
+    <row r="64">
+      <c r="A64" s="9" t="s">
+        <v>96</v>
+      </c>
+      <c r="B64" s="10"/>
+      <c r="C64" s="10"/>
+      <c r="D64" s="10"/>
+      <c r="E64" s="10"/>
+      <c r="F64" s="10"/>
+      <c r="G64" s="10"/>
+      <c r="H64" s="10"/>
+      <c r="I64" s="11"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="9" t="s">
+        <v>97</v>
+      </c>
+      <c r="B65" s="10"/>
+      <c r="C65" s="10"/>
+      <c r="D65" s="10"/>
+      <c r="E65" s="10"/>
+      <c r="F65" s="10"/>
+      <c r="G65" s="10"/>
+      <c r="H65" s="10"/>
+      <c r="I65" s="11"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="9" t="s">
+        <v>98</v>
+      </c>
+      <c r="B66" s="10"/>
+      <c r="C66" s="10"/>
+      <c r="D66" s="10"/>
+      <c r="E66" s="10"/>
+      <c r="F66" s="10"/>
+      <c r="G66" s="10"/>
+      <c r="H66" s="10"/>
+      <c r="I66" s="11"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="B67" s="10"/>
+      <c r="C67" s="10"/>
+      <c r="D67" s="10"/>
+      <c r="E67" s="10"/>
+      <c r="F67" s="10"/>
+      <c r="G67" s="10"/>
+      <c r="H67" s="10"/>
+      <c r="I67" s="11"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="9" t="s">
+        <v>100</v>
+      </c>
+      <c r="B68" s="10"/>
+      <c r="C68" s="10"/>
+      <c r="D68" s="10"/>
+      <c r="E68" s="10"/>
+      <c r="F68" s="10"/>
+      <c r="G68" s="10"/>
+      <c r="H68" s="10"/>
+      <c r="I68" s="11"/>
+    </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A5:A6"/>
     <mergeCell ref="A7:A8"/>
     <mergeCell ref="A10:A11"/>
     <mergeCell ref="A12:A13"/>
     <mergeCell ref="A15:A16"/>
     <mergeCell ref="A17:A18"/>
-    <mergeCell ref="A19:A20"/>
-[...3 lines deleted...]
-    <mergeCell ref="A32:A33"/>
+    <mergeCell ref="A19:A22"/>
+    <mergeCell ref="A24:A25"/>
+    <mergeCell ref="A26:A27"/>
+    <mergeCell ref="A31:A32"/>
+    <mergeCell ref="A33:A34"/>
     <mergeCell ref="A35:A36"/>
+    <mergeCell ref="A38:A39"/>
     <mergeCell ref="A40:A41"/>
-    <mergeCell ref="A42:A43"/>
-[...3 lines deleted...]
-    <mergeCell ref="A50:A51"/>
+    <mergeCell ref="A43:A44"/>
+    <mergeCell ref="A45:A46"/>
+    <mergeCell ref="A47:A48"/>
+    <mergeCell ref="A49:A50"/>
+    <mergeCell ref="A51:A52"/>
+    <mergeCell ref="A53:A54"/>
+    <mergeCell ref="A55:A56"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.25" top="0.25" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup fitToWidth="0" orientation="landscape"/>
   <headerFooter differentFirst="0" differentOddEven="1">
     <oddHeader>&amp;CFleuret 2025-2026</oddHeader>
     <oddFooter>&amp;CEscrime Nouvelle-Aquitaine</oddFooter>
     <evenHeader>&amp;CFleuret 2025-2026</evenHeader>
     <evenFooter>&amp;CEscrime Nouvelle-Aquitaine</evenFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>G. Texier</dc:creator>
   <dc:title>Calendrier Escrime Nouvelle-Aquitaine</dc:title>
   <dc:subject>Calendrier Escrime Nouvelle-Aquitaine</dc:subject>
-  <dc:description>Généré le 03/11/2025</dc:description>
+  <dc:description>Généré le 28/12/2025</dc:description>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
 </Properties>
 </file>