--- v0 (2025-10-18)
+++ v1 (2025-12-10)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="FHM13" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
   <si>
     <t>Fleuret Hommes M13 (FHM13) 2025-2026</t>
   </si>
   <si>
     <t>septembre 2025</t>
   </si>
   <si>
     <t>du 01/09 au 07/09</t>
   </si>
   <si>
     <t>du 08/09 au 14/09</t>
   </si>
   <si>
     <t>du 15/09 au 21/09</t>
   </si>
   <si>
     <t>du 22/09 au 28/09</t>
   </si>
   <si>
     <t>du 29/09 au 05/10</t>
   </si>
   <si>
     <t>libre</t>
   </si>
   <si>
@@ -78,84 +78,105 @@
   <si>
     <t>du 13/10 au 19/10</t>
   </si>
   <si>
     <t>du 20/10 au 26/10</t>
   </si>
   <si>
     <t>du 27/10 au 02/11</t>
   </si>
   <si>
     <t>novembre 2025</t>
   </si>
   <si>
     <t>du 03/11 au 09/11</t>
   </si>
   <si>
     <t>du 10/11 au 16/11</t>
   </si>
   <si>
     <t>du 17/11 au 23/11</t>
   </si>
   <si>
     <t>du 24/11 au 30/11</t>
   </si>
   <si>
+    <t>16/11</t>
+  </si>
+  <si>
     <t>23/11</t>
   </si>
   <si>
+    <t>Scaramouche</t>
+  </si>
+  <si>
     <t>ER 2 Fleuret + H2036 1/8 de finale M15 à Senior</t>
   </si>
   <si>
+    <t>Angers</t>
+  </si>
+  <si>
     <t>La Rochelle</t>
   </si>
   <si>
+    <t>M13 (0,5)</t>
+  </si>
+  <si>
     <t>M15 (2,0)</t>
   </si>
   <si>
     <t>décembre 2025</t>
   </si>
   <si>
     <t>du 01/12 au 07/12</t>
   </si>
   <si>
     <t>du 08/12 au 14/12</t>
   </si>
   <si>
     <t>du 15/12 au 21/12</t>
   </si>
   <si>
     <t>du 22/12 au 28/12</t>
   </si>
   <si>
     <t>du 29/12 au 04/01</t>
   </si>
   <si>
+    <t>07/12</t>
+  </si>
+  <si>
     <t>14/12</t>
   </si>
   <si>
+    <t>Challenge Open 87</t>
+  </si>
+  <si>
     <t>ER 3 Fleuret M13 à Senior</t>
+  </si>
+  <si>
+    <t>Limoges</t>
   </si>
   <si>
     <t>Bordeaux</t>
   </si>
   <si>
     <t>janvier 2026</t>
   </si>
   <si>
     <t>du 05/01 au 11/01</t>
   </si>
   <si>
     <t>du 12/01 au 18/01</t>
   </si>
   <si>
     <t>du 19/01 au 25/01</t>
   </si>
   <si>
     <t>du 26/01 au 01/02</t>
   </si>
   <si>
     <t>11/01</t>
   </si>
   <si>
     <t>25/01</t>
   </si>
@@ -580,497 +601,509 @@
       <c r="D13" s="11"/>
     </row>
     <row r="14">
       <c r="A14" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B16" s="5" t="s">
-        <v>7</v>
+      <c r="B16" s="6" t="s">
+        <v>23</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="8"/>
-      <c r="B17" s="8"/>
+      <c r="B17" s="9" t="s">
+        <v>25</v>
+      </c>
       <c r="C17" s="10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D17" s="8"/>
     </row>
     <row r="18">
       <c r="A18" s="8"/>
-      <c r="B18" s="8"/>
+      <c r="B18" s="9" t="s">
+        <v>27</v>
+      </c>
       <c r="C18" s="10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D18" s="8"/>
     </row>
     <row r="19">
       <c r="A19" s="11"/>
-      <c r="B19" s="11"/>
+      <c r="B19" s="12" t="s">
+        <v>29</v>
+      </c>
       <c r="C19" s="13" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D19" s="11"/>
     </row>
     <row r="20">
       <c r="A20" s="1" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="2" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
     <row r="22">
-      <c r="A22" s="5" t="s">
-        <v>7</v>
+      <c r="A22" s="6" t="s">
+        <v>37</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="C22" s="7" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>7</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>7</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="23">
-      <c r="A23" s="8"/>
+      <c r="A23" s="9" t="s">
+        <v>39</v>
+      </c>
       <c r="B23" s="9" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="C23" s="10" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
     </row>
     <row r="24">
-      <c r="A24" s="8"/>
+      <c r="A24" s="9" t="s">
+        <v>41</v>
+      </c>
       <c r="B24" s="9" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="C24" s="10" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D24" s="8"/>
       <c r="E24" s="8"/>
       <c r="F24" s="8"/>
     </row>
     <row r="25">
-      <c r="A25" s="11"/>
+      <c r="A25" s="12" t="s">
+        <v>29</v>
+      </c>
       <c r="B25" s="12" t="s">
         <v>11</v>
       </c>
       <c r="C25" s="13" t="s">
         <v>12</v>
       </c>
       <c r="D25" s="11"/>
       <c r="E25" s="11"/>
       <c r="F25" s="11"/>
     </row>
     <row r="26">
       <c r="A26" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="3" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="B27" s="4"/>
       <c r="C27" s="2" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="6" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="B28" s="7" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D28" s="7" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="9" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="B29" s="10" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="C29" s="8"/>
       <c r="D29" s="10" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="E29" s="8"/>
     </row>
     <row r="30">
       <c r="A30" s="9" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="B30" s="10" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="C30" s="8"/>
       <c r="D30" s="10" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="E30" s="8"/>
     </row>
     <row r="31">
       <c r="A31" s="12" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="B31" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="11"/>
       <c r="D31" s="13" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E31" s="11"/>
     </row>
     <row r="32">
       <c r="A32" s="1" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="8"/>
       <c r="B35" s="8"/>
       <c r="C35" s="8"/>
       <c r="D35" s="8"/>
     </row>
     <row r="36">
       <c r="A36" s="8"/>
       <c r="B36" s="8"/>
       <c r="C36" s="8"/>
       <c r="D36" s="8"/>
     </row>
     <row r="37">
       <c r="A37" s="11"/>
       <c r="B37" s="11"/>
       <c r="C37" s="11"/>
       <c r="D37" s="11"/>
     </row>
     <row r="38">
       <c r="A38" s="1" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="F39" s="4"/>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>7</v>
       </c>
       <c r="E40" s="6" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="F40" s="7" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="8"/>
       <c r="B41" s="8"/>
       <c r="C41" s="10" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="D41" s="8"/>
       <c r="E41" s="9" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="F41" s="10" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="8"/>
       <c r="B42" s="8"/>
       <c r="C42" s="10" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="D42" s="8"/>
       <c r="E42" s="9" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="F42" s="10" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="11"/>
       <c r="B43" s="11"/>
       <c r="C43" s="13" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D43" s="11"/>
       <c r="E43" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="13" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="8"/>
       <c r="B47" s="8"/>
       <c r="C47" s="8"/>
       <c r="D47" s="8"/>
     </row>
     <row r="48">
       <c r="A48" s="8"/>
       <c r="B48" s="8"/>
       <c r="C48" s="8"/>
       <c r="D48" s="8"/>
     </row>
     <row r="49">
       <c r="A49" s="11"/>
       <c r="B49" s="11"/>
       <c r="C49" s="11"/>
       <c r="D49" s="11"/>
     </row>
     <row r="50">
       <c r="A50" s="1" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="8"/>
       <c r="B53" s="8"/>
       <c r="C53" s="8"/>
       <c r="D53" s="8"/>
     </row>
     <row r="54">
       <c r="A54" s="8"/>
       <c r="B54" s="8"/>
       <c r="C54" s="8"/>
       <c r="D54" s="8"/>
     </row>
     <row r="55">
       <c r="A55" s="11"/>
       <c r="B55" s="11"/>
       <c r="C55" s="11"/>
       <c r="D55" s="11"/>
     </row>
     <row r="56">
       <c r="A56" s="1" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>7</v>
       </c>
       <c r="E58" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="8"/>
       <c r="B59" s="8"/>
       <c r="C59" s="8"/>
       <c r="D59" s="8"/>
       <c r="E59" s="8"/>
@@ -1082,55 +1115,55 @@
       <c r="D60" s="8"/>
       <c r="E60" s="8"/>
     </row>
     <row r="61">
       <c r="A61" s="11"/>
       <c r="B61" s="11"/>
       <c r="C61" s="11"/>
       <c r="D61" s="11"/>
       <c r="E61" s="11"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A4:A7"/>
     <mergeCell ref="B4:B7"/>
     <mergeCell ref="C4:C7"/>
     <mergeCell ref="D3:E3"/>
     <mergeCell ref="F4:F7"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A10:A13"/>
     <mergeCell ref="B10:B13"/>
     <mergeCell ref="C10:C13"/>
     <mergeCell ref="D10:D13"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A16:A19"/>
-    <mergeCell ref="B16:B19"/>
+    <mergeCell ref="B15"/>
     <mergeCell ref="C15"/>
     <mergeCell ref="D16:D19"/>
     <mergeCell ref="A14:D14"/>
-    <mergeCell ref="A22:A25"/>
+    <mergeCell ref="A21"/>
     <mergeCell ref="B21:C21"/>
     <mergeCell ref="D22:D25"/>
     <mergeCell ref="E22:E25"/>
     <mergeCell ref="F22:F25"/>
     <mergeCell ref="A20:F20"/>
     <mergeCell ref="A27:B27"/>
     <mergeCell ref="C28:C31"/>
     <mergeCell ref="D27"/>
     <mergeCell ref="E28:E31"/>
     <mergeCell ref="A26:E26"/>
     <mergeCell ref="A34:A37"/>
     <mergeCell ref="B34:B37"/>
     <mergeCell ref="C34:C37"/>
     <mergeCell ref="D34:D37"/>
     <mergeCell ref="A32:D32"/>
     <mergeCell ref="A40:A43"/>
     <mergeCell ref="B40:B43"/>
     <mergeCell ref="C39"/>
     <mergeCell ref="D40:D43"/>
     <mergeCell ref="E39:F39"/>
     <mergeCell ref="A38:F38"/>
     <mergeCell ref="A46:A49"/>
     <mergeCell ref="B46:B49"/>
     <mergeCell ref="C46:C49"/>
     <mergeCell ref="D46:D49"/>
@@ -1146,33 +1179,33 @@
     <mergeCell ref="D58:D61"/>
     <mergeCell ref="E58:E61"/>
     <mergeCell ref="A56:E56"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.25" top="0.25" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait"/>
   <headerFooter differentFirst="0" differentOddEven="1">
     <oddHeader>&amp;CFleuret Hommes M13 (FHM13) 2025-2026</oddHeader>
     <oddFooter>&amp;CEscrime Nouvelle-Aquitaine</oddFooter>
     <evenHeader>&amp;CFleuret Hommes M13 (FHM13) 2025-2026</evenHeader>
     <evenFooter>&amp;CEscrime Nouvelle-Aquitaine</evenFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>G. Texier</dc:creator>
   <dc:title>Calendrier Escrime Nouvelle-Aquitaine</dc:title>
   <dc:subject>Calendrier Escrime Nouvelle-Aquitaine</dc:subject>
-  <dc:description>Généré le 18/10/2025</dc:description>
+  <dc:description>Généré le 10/12/2025</dc:description>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
 </Properties>
 </file>